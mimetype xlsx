--- v0 (2025-12-10)
+++ v1 (2026-03-04)
@@ -895,84 +895,84 @@
       <c r="R5" s="6" t="s">
         <v>23</v>
       </c>
       <c r="S5" s="6" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:19">
       <c r="A6" s="5"/>
       <c r="B6" s="12"/>
       <c r="C6" s="13"/>
       <c r="D6" s="13"/>
       <c r="E6" s="13"/>
       <c r="F6" s="14"/>
       <c r="G6" s="5"/>
       <c r="H6" s="6"/>
       <c r="I6" s="6"/>
       <c r="J6" s="6"/>
       <c r="K6" s="6"/>
       <c r="L6" s="6"/>
       <c r="M6" s="8"/>
       <c r="N6" s="6" t="s">
         <v>25</v>
       </c>
       <c r="O6" s="6">
-        <v>19</v>
+        <v>4</v>
       </c>
       <c r="P6" s="6">
         <v>5</v>
       </c>
       <c r="Q6" s="6">
         <v>14</v>
       </c>
       <c r="R6" s="6" t="s">
         <v>25</v>
       </c>
       <c r="S6" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="7" spans="1:19">
       <c r="A7" s="5"/>
       <c r="B7" s="12"/>
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
       <c r="E7" s="13"/>
       <c r="F7" s="14"/>
       <c r="G7" s="5"/>
       <c r="H7" s="6"/>
       <c r="I7" s="6"/>
       <c r="J7" s="6"/>
       <c r="K7" s="6"/>
       <c r="L7" s="6"/>
       <c r="M7" s="8"/>
       <c r="N7" s="6" t="s">
         <v>26</v>
       </c>
       <c r="O7" s="6">
-        <v>19</v>
+        <v>4</v>
       </c>
       <c r="P7" s="6">
         <v>20</v>
       </c>
       <c r="Q7" s="6">
         <v>14</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>26</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:19">
       <c r="A8" s="5"/>
       <c r="B8" s="12"/>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="14"/>
       <c r="G8" s="5"/>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>