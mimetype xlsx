--- v0 (2025-12-09)
+++ v1 (2026-03-05)
@@ -195,54 +195,54 @@
   <si>
     <t>20-10</t>
   </si>
   <si>
     <t>Астафьев Алексей</t>
   </si>
   <si>
     <t>30-00</t>
   </si>
   <si>
     <t>Ду Роман</t>
   </si>
   <si>
     <t>37-20</t>
   </si>
   <si>
     <t>Горохов Виктор</t>
   </si>
   <si>
     <t>Шилов Константин</t>
   </si>
   <si>
     <t>Ободов Виталий</t>
   </si>
   <si>
+    <t>Давыденко Глеб</t>
+  </si>
+  <si>
     <t>Емельянов Александр</t>
-  </si>
-[...1 lines deleted...]
-    <t>Давыденко Глеб</t>
   </si>
   <si>
     <t>Ковалёв Станислав</t>
   </si>
   <si>
     <t>Чалков Игорь</t>
   </si>
   <si>
     <t>Тен Алексей</t>
   </si>
   <si>
     <t>Лёушкин Даниил</t>
   </si>
   <si>
     <t>Федоренко Евгений</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
@@ -1861,78 +1861,78 @@
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>50</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>50</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>61</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>