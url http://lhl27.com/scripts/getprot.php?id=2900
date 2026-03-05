--- v0 (2025-12-10)
+++ v1 (2026-03-05)
@@ -147,57 +147,57 @@
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Союз»</t>
   </si>
   <si>
     <t>03-00</t>
   </si>
   <si>
     <t>24-95</t>
   </si>
   <si>
     <t>10-10</t>
   </si>
   <si>
     <t>20-21</t>
   </si>
   <si>
     <t>Ефремов Дмитрий</t>
   </si>
   <si>
     <t>27-03</t>
   </si>
   <si>
+    <t>Подкопаев Филипп</t>
+  </si>
+  <si>
+    <t>28-40</t>
+  </si>
+  <si>
     <t>Маковецкий Виктор</t>
-  </si>
-[...4 lines deleted...]
-    <t>Подкопаев Филипп</t>
   </si>
   <si>
     <t>32-50</t>
   </si>
   <si>
     <t>Зелинский Владислав</t>
   </si>
   <si>
     <t>35-35</t>
   </si>
   <si>
     <t>Пилюгин Дмитрий</t>
   </si>
   <si>
     <t>39-01</t>
   </si>
   <si>
     <t>Карпусь Владислав</t>
   </si>
   <si>
     <t>Заморозов Владимир</t>
   </si>
   <si>
     <t>Капунов Евгений</t>
   </si>