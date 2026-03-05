--- v0 (2025-12-08)
+++ v1 (2026-03-05)
@@ -120,57 +120,57 @@
   <si>
     <t>11-07</t>
   </si>
   <si>
     <t>43-17</t>
   </si>
   <si>
     <t>Колодий Михаил</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>26-19</t>
   </si>
   <si>
     <t>Соловьев Роман</t>
   </si>
   <si>
     <t>30-37</t>
   </si>
   <si>
     <t>Луц Виктор</t>
   </si>
   <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>32-39</t>
   </si>
   <si>
     <t>Богомолов Вячеслав</t>
-  </si>
-[...1 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Лавриненко Денис</t>
   </si>
   <si>
     <t>Глушков Фёдор</t>
   </si>
   <si>
     <t>Мерк Иван</t>
   </si>
   <si>
     <t>Сычугов Роман</t>
   </si>
   <si>
     <t>Ткачев Юрий</t>
   </si>
   <si>
     <t>Сафронов Евгений</t>
   </si>
   <si>
     <t>Якимов Виталий</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
@@ -1083,88 +1083,88 @@
       <c r="L8" s="6">
         <v>29</v>
       </c>
       <c r="M8" s="8">
         <v>0</v>
       </c>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>29</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>33</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H9" s="6">
         <v>5</v>
       </c>
       <c r="I9" s="6"/>
       <c r="J9" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K9" s="6">
         <v>10</v>
       </c>
       <c r="L9" s="6">
         <v>33</v>
       </c>
       <c r="M9" s="8">
         <v>0</v>
       </c>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>31</v>
       </c>
       <c r="B10" s="12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>33</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
@@ -1765,51 +1765,51 @@
       </c>
       <c r="O32" s="7">
         <v>77</v>
       </c>
       <c r="P32" s="7">
         <v>2</v>
       </c>
       <c r="Q32" s="7">
         <v>30</v>
       </c>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>30</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="H33" s="7">
         <v>4</v>
       </c>
       <c r="I33" s="7"/>
       <c r="J33" s="7" t="s">
         <v>58</v>
       </c>
       <c r="K33" s="7">
         <v>75</v>
       </c>
       <c r="L33" s="7">
         <v>0</v>
       </c>
       <c r="M33" s="7">
         <v>0</v>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">