--- v0 (2025-12-09)
+++ v1 (2026-03-05)
@@ -105,57 +105,57 @@
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>20-45</t>
   </si>
   <si>
     <t>19-49</t>
   </si>
   <si>
     <t>24-00</t>
   </si>
   <si>
     <t>42-34</t>
   </si>
   <si>
     <t>29-00</t>
   </si>
   <si>
     <t>44-11</t>
   </si>
   <si>
     <t>30-35</t>
   </si>
   <si>
+    <t>Маковецкий Виктор</t>
+  </si>
+  <si>
+    <t>Нп</t>
+  </si>
+  <si>
     <t>Подкопаев Филипп</t>
-  </si>
-[...4 lines deleted...]
-    <t>Маковецкий Виктор</t>
   </si>
   <si>
     <t>Зелинский Владислав</t>
   </si>
   <si>
     <t>Пилюгин Дмитрий</t>
   </si>
   <si>
     <t>Карпусь Владислав</t>
   </si>
   <si>
     <t>Заморозов Владимир</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Капунов Евгений</t>
   </si>
   <si>
     <t>Мисько Андрей</t>
   </si>
   <si>
     <t>Годинов Андрей</t>
   </si>