--- v0 (2025-12-10)
+++ v1 (2026-03-05)
@@ -156,57 +156,57 @@
   <si>
     <t>44-05</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Торнадо»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>11-53</t>
   </si>
   <si>
     <t>30-57</t>
   </si>
   <si>
+    <t>Пилипенко Александр</t>
+  </si>
+  <si>
+    <t>32-07</t>
+  </si>
+  <si>
     <t>Лушников Глеб</t>
-  </si>
-[...4 lines deleted...]
-    <t>Пилипенко Александр</t>
   </si>
   <si>
     <t>37-10</t>
   </si>
   <si>
     <t>Ибрагимов Мехрубон</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>39-01</t>
   </si>
   <si>
     <t>Богомолов Артем</t>
   </si>
   <si>
     <t>40-38</t>
   </si>
   <si>
     <t>Барашиков Денис</t>
   </si>
   <si>
     <t>Грамаков Денис</t>
   </si>