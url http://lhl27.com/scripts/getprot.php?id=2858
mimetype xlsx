--- v0 (2025-12-10)
+++ v1 (2026-03-05)
@@ -117,93 +117,93 @@
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Балакирев Владимир</t>
   </si>
   <si>
     <t>Солоха Виктор</t>
   </si>
   <si>
     <t>Баранов Кирилл</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Непомнящий Виталий</t>
   </si>
   <si>
     <t>Шип Дмитрий</t>
   </si>
   <si>
     <t>Баландин Роман</t>
   </si>
   <si>
+    <t>Гончаров Иван</t>
+  </si>
+  <si>
     <t>Грудинин Константин</t>
   </si>
   <si>
-    <t>Гончаров Иван</t>
+    <t>Харченко Дмитрий</t>
   </si>
   <si>
     <t>Ермаков Андрей</t>
   </si>
   <si>
-    <t>Харченко Дмитрий</t>
-[...1 lines deleted...]
-  <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Викинг»</t>
   </si>
   <si>
     <t>Кокарев Петр</t>
   </si>
   <si>
     <t>Тараненко Петр</t>
   </si>
   <si>
     <t>Акшонов Игорь</t>
   </si>
   <si>
     <t>Коровин Антон</t>
   </si>
   <si>
     <t>Абрамов Алексей</t>
   </si>
   <si>
     <t>Удотенко Иван</t>
   </si>
   <si>
+    <t>Колбин Валерий</t>
+  </si>
+  <si>
     <t>Коваленко Петр</t>
-  </si>
-[...1 lines deleted...]
-    <t>Колбин Валерий</t>
   </si>
   <si>
     <t>Новоселов Константин</t>
   </si>
   <si>
     <t>Жгарев Валерий</t>
   </si>
   <si>
     <t>Султанов Эльшан</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -1129,132 +1129,132 @@
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>85</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>85</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>34</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>91</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>91</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5"/>
       <c r="B18" s="12"/>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5"/>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
@@ -1738,78 +1738,78 @@
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>27</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>46</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>27</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>47</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>48</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>