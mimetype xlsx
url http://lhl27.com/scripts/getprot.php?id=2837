--- v0 (2026-03-06)
+++ v1 (2026-03-06)
@@ -120,60 +120,60 @@
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>18:57</t>
   </si>
   <si>
     <t>15:35</t>
   </si>
   <si>
     <t>Салогуб Алексей</t>
   </si>
   <si>
     <t>33:40</t>
   </si>
   <si>
     <t>19:25</t>
   </si>
   <si>
     <t>Коваль Дмитрий</t>
   </si>
   <si>
     <t>36:03</t>
   </si>
   <si>
+    <t>Дылев Максим</t>
+  </si>
+  <si>
+    <t>36:30</t>
+  </si>
+  <si>
     <t>Кочетыгов Виктор</t>
   </si>
   <si>
     <t>Нп</t>
-  </si>
-[...4 lines deleted...]
-    <t>Дылев Максим</t>
   </si>
   <si>
     <t>43:21</t>
   </si>
   <si>
     <t>Куликов Антон</t>
   </si>
   <si>
     <t>Разинкин Сергей</t>
   </si>
   <si>
     <t>Трибушевский Семен</t>
   </si>
   <si>
     <t>Цепляев Юрий</t>
   </si>
   <si>
     <t>Сурменко Александр</t>
   </si>
   <si>
     <t>Московцев Сергей</t>
   </si>
   <si>
     <t>Карташов Илья</t>
   </si>
@@ -1116,175 +1116,175 @@
       </c>
       <c r="O8" s="6">
         <v>88</v>
       </c>
       <c r="P8" s="6">
         <v>2</v>
       </c>
       <c r="Q8" s="6">
         <v>5</v>
       </c>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>24</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>34</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="O9" s="6">
         <v>24</v>
       </c>
       <c r="P9" s="6">
         <v>2</v>
       </c>
       <c r="Q9" s="6">
         <v>5</v>
       </c>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>24</v>
       </c>
       <c r="B10" s="12" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6" t="s">
         <v>38</v>
       </c>
       <c r="O10" s="6">
         <v>96</v>
       </c>
       <c r="P10" s="6">
         <v>2</v>
       </c>
       <c r="Q10" s="6">
         <v>5</v>
       </c>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>25</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>27</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>28</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>34</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
@@ -1294,51 +1294,51 @@
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>50</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>54</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>44</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
@@ -1348,78 +1348,78 @@
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>66</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>71</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>46</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5">
         <v>84</v>
       </c>
       <c r="B19" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
@@ -1456,78 +1456,78 @@
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
       <c r="L20" s="6"/>
       <c r="M20" s="8"/>
       <c r="N20" s="6"/>
       <c r="O20" s="6"/>
       <c r="P20" s="6"/>
       <c r="Q20" s="6"/>
       <c r="R20" s="6"/>
       <c r="S20" s="6"/>
     </row>
     <row r="21" spans="1:19">
       <c r="A21" s="5">
         <v>94</v>
       </c>
       <c r="B21" s="12" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="13"/>
       <c r="D21" s="13"/>
       <c r="E21" s="13"/>
       <c r="F21" s="14"/>
       <c r="G21" s="5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="H21" s="6"/>
       <c r="I21" s="6"/>
       <c r="J21" s="6"/>
       <c r="K21" s="6"/>
       <c r="L21" s="6"/>
       <c r="M21" s="8"/>
       <c r="N21" s="6"/>
       <c r="O21" s="6"/>
       <c r="P21" s="6"/>
       <c r="Q21" s="6"/>
       <c r="R21" s="6"/>
       <c r="S21" s="6"/>
     </row>
     <row r="22" spans="1:19">
       <c r="A22" s="5">
         <v>96</v>
       </c>
       <c r="B22" s="12" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="13"/>
       <c r="D22" s="13"/>
       <c r="E22" s="13"/>
       <c r="F22" s="14"/>
       <c r="G22" s="5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="H22" s="6"/>
       <c r="I22" s="6"/>
       <c r="J22" s="6"/>
       <c r="K22" s="6"/>
       <c r="L22" s="6"/>
       <c r="M22" s="8"/>
       <c r="N22" s="6"/>
       <c r="O22" s="6"/>
       <c r="P22" s="6"/>
       <c r="Q22" s="6"/>
       <c r="R22" s="6"/>
       <c r="S22" s="6"/>
     </row>
     <row r="23" spans="1:19">
       <c r="A23" s="5"/>
       <c r="B23" s="12"/>
       <c r="C23" s="13"/>
       <c r="D23" s="13"/>
       <c r="E23" s="13"/>
       <c r="F23" s="14"/>
       <c r="G23" s="5"/>
       <c r="H23" s="6"/>
       <c r="I23" s="6"/>
       <c r="J23" s="6"/>
@@ -1800,51 +1800,51 @@
       <c r="H32" s="7"/>
       <c r="I32" s="7"/>
       <c r="J32" s="7"/>
       <c r="K32" s="7"/>
       <c r="L32" s="7"/>
       <c r="M32" s="7"/>
       <c r="N32" s="7"/>
       <c r="O32" s="7"/>
       <c r="P32" s="7"/>
       <c r="Q32" s="7"/>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>11</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>13</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
@@ -1854,51 +1854,51 @@
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>15</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>22</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
@@ -1908,51 +1908,51 @@
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>23</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>24</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
@@ -1989,78 +1989,78 @@
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>71</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>67</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>77</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>68</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
         <v>82</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>69</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
@@ -2070,51 +2070,51 @@
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
         <v>84</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>70</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
       <c r="G43" s="7" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7">
         <v>84</v>
       </c>
       <c r="B44" s="12" t="s">
         <v>71</v>
       </c>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>