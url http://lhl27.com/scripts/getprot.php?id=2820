--- v0 (2026-03-05)
+++ v1 (2026-03-05)
@@ -129,57 +129,57 @@
   <si>
     <t>Свиридов Валерий</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>29-24</t>
   </si>
   <si>
     <t>41-31</t>
   </si>
   <si>
     <t>Горченков Иван</t>
   </si>
   <si>
     <t>44-05</t>
   </si>
   <si>
     <t>Новгородцев Илья</t>
   </si>
   <si>
     <t>Шкуро Роман</t>
   </si>
   <si>
+    <t>Маслаков Андрей</t>
+  </si>
+  <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Копылов Станислав</t>
-  </si>
-[...4 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Симонов Вадим</t>
   </si>
   <si>
     <t>Свиридов Илья</t>
   </si>
   <si>
     <t>Алексеев Алексей</t>
   </si>
   <si>
     <t>Ким Евгений</t>
   </si>
   <si>
     <t>Першин Ярослав</t>
   </si>
   <si>
     <t>Баськов Денис</t>
   </si>
   <si>
     <t>Махраков Даниил</t>
   </si>
   <si>
     <t>Баблюк Иван</t>
   </si>
@@ -1153,78 +1153,78 @@
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>35</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>35</v>
       </c>
       <c r="B12" s="12" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>44</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
@@ -1695,51 +1695,51 @@
       </c>
       <c r="O30" s="7">
         <v>71</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
       </c>
       <c r="Q30" s="7">
         <v>5</v>
       </c>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
         <v>1</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="H31" s="7">
         <v>2</v>
       </c>
       <c r="I31" s="7"/>
       <c r="J31" s="7" t="s">
         <v>55</v>
       </c>
       <c r="K31" s="7">
         <v>90</v>
       </c>
       <c r="L31" s="7">
         <v>71</v>
       </c>
       <c r="M31" s="7">
         <v>0</v>
       </c>
       <c r="N31" s="7" t="s">
         <v>56</v>
       </c>
       <c r="O31" s="7">
         <v>70</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>