--- v0 (2025-12-07)
+++ v1 (2026-03-04)
@@ -105,80 +105,80 @@
   <si>
     <t>Пилипенко Александр</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>28-07</t>
   </si>
   <si>
     <t>16-20</t>
   </si>
   <si>
     <t>Лихачев Леонид</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>30-30</t>
   </si>
   <si>
     <t>17-26</t>
   </si>
   <si>
+    <t>Веремейчик Вячеслав</t>
+  </si>
+  <si>
+    <t>34-18</t>
+  </si>
+  <si>
+    <t>19-25</t>
+  </si>
+  <si>
     <t>Кувшинов Сергей</t>
   </si>
   <si>
-    <t>34-18</t>
-[...7 lines deleted...]
-  <si>
     <t>26-45</t>
   </si>
   <si>
     <t>Саломатин Дмитрий</t>
   </si>
   <si>
     <t>39-25</t>
   </si>
   <si>
+    <t>Бармотин Владимир</t>
+  </si>
+  <si>
     <t>Трухляев Александр</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
-    <t>Бармотин Владимир</t>
-[...1 lines deleted...]
-  <si>
     <t>Грамаков Денис</t>
   </si>
   <si>
     <t>Стецков Сергей</t>
   </si>
   <si>
     <t>Филипчук Виталий</t>
   </si>
   <si>
     <t>Филипчук Анатолий</t>
   </si>
   <si>
     <t>Гребенюк Александр</t>
   </si>
   <si>
     <t>Пономарев Дмитрий</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Шкипер Брук»</t>
@@ -198,54 +198,54 @@
   <si>
     <t>44-11</t>
   </si>
   <si>
     <t>ПВ</t>
   </si>
   <si>
     <t>45-00</t>
   </si>
   <si>
     <t>Филатов Антон</t>
   </si>
   <si>
     <t>Дутов Константин</t>
   </si>
   <si>
     <t>Ямщиков Дмитрий</t>
   </si>
   <si>
     <t>Красовский Егор</t>
   </si>
   <si>
     <t>Доценко Владимир</t>
   </si>
   <si>
+    <t>Троценко Антон</t>
+  </si>
+  <si>
     <t>Середа Андрей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Троценко Антон</t>
   </si>
   <si>
     <t>Борисов Егор</t>
   </si>
   <si>
     <t>Лубков Дмитрий</t>
   </si>
   <si>
     <t>Чечурин Максим</t>
   </si>
   <si>
     <t>Родионов Андрей</t>
   </si>
   <si>
     <t>Кантур Егор</t>
   </si>
   <si>
     <t>Крудо Артем</t>
   </si>
   <si>
     <t>Колюбанов Денис</t>
   </si>
   <si>
     <t>Егорычев Игорь</t>
   </si>
@@ -1151,78 +1151,78 @@
       </c>
       <c r="O9" s="6">
         <v>29</v>
       </c>
       <c r="P9" s="6">
         <v>2</v>
       </c>
       <c r="Q9" s="6">
         <v>9</v>
       </c>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>30</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>30</v>
       </c>
       <c r="B11" s="12" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>37</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
@@ -1903,105 +1903,105 @@
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>19</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>22</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>22</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>24</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>