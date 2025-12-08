--- v0 (2025-12-08)
+++ v1 (2025-12-08)
@@ -183,54 +183,54 @@
   <si>
     <t>Пилюгин Дмитрий</t>
   </si>
   <si>
     <t>30-49</t>
   </si>
   <si>
     <t>Соколов Петр</t>
   </si>
   <si>
     <t>Пронкевич Александр</t>
   </si>
   <si>
     <t>Мантулов Флорентин</t>
   </si>
   <si>
     <t>Марков Николай</t>
   </si>
   <si>
     <t>Соболев Евгений</t>
   </si>
   <si>
     <t>Полещук Сергей</t>
   </si>
   <si>
+    <t>Субботников Вадим</t>
+  </si>
+  <si>
     <t>Поздняков Герман</t>
-  </si>
-[...1 lines deleted...]
-    <t>Субботников Вадим</t>
   </si>
   <si>
     <t>Гаврилюк Максим</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Колесников Павел</t>
   </si>
   <si>
     <t>Макаров Александр</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>