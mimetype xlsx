--- v0 (2025-12-09)
+++ v1 (2026-03-05)
@@ -114,57 +114,57 @@
   <si>
     <t>Лихачев Леонид</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>12-37</t>
   </si>
   <si>
     <t>Веремейчик Вячеслав</t>
   </si>
   <si>
     <t>24-38</t>
   </si>
   <si>
     <t>Шахов Анатолий</t>
   </si>
   <si>
     <t>37-45</t>
   </si>
   <si>
     <t>Саломатин Дмитрий</t>
   </si>
   <si>
+    <t>Бармотин Владимир</t>
+  </si>
+  <si>
     <t>Трухляев Александр</t>
   </si>
   <si>
     <t>Вр</t>
-  </si>
-[...1 lines deleted...]
-    <t>Бармотин Владимир</t>
   </si>
   <si>
     <t>Грамаков Денис</t>
   </si>
   <si>
     <t>Стецков Сергей</t>
   </si>
   <si>
     <t>Лебедев Юрий</t>
   </si>
   <si>
     <t>Филипчук Виталий</t>
   </si>
   <si>
     <t>Филипчук Анатолий</t>
   </si>
   <si>
     <t>Крутский Валерий</t>
   </si>
   <si>
     <t>Гребенюк Александр</t>
   </si>
   <si>
     <t>Мурашкин Степан</t>
   </si>
@@ -1098,78 +1098,78 @@
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>30</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>32</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>30</v>
       </c>
       <c r="B11" s="12" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>37</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
@@ -1806,51 +1806,51 @@
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>19</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>22</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>