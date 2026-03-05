--- v0 (2025-12-11)
+++ v1 (2026-03-05)
@@ -1145,51 +1145,51 @@
       <c r="L9" s="6">
         <v>0</v>
       </c>
       <c r="M9" s="8">
         <v>0</v>
       </c>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>29</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="H10" s="6">
         <v>6</v>
       </c>
       <c r="I10" s="6"/>
       <c r="J10" s="6" t="s">
         <v>38</v>
       </c>
       <c r="K10" s="6">
         <v>25</v>
       </c>
       <c r="L10" s="6">
         <v>55</v>
       </c>
       <c r="M10" s="8">
         <v>0</v>
       </c>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">