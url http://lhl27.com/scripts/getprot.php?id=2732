--- v0 (2025-12-10)
+++ v1 (2026-03-04)
@@ -177,54 +177,54 @@
   <si>
     <t>16-43</t>
   </si>
   <si>
     <t>Третьяков Александр</t>
   </si>
   <si>
     <t>43-24</t>
   </si>
   <si>
     <t>Болоцкий Александр</t>
   </si>
   <si>
     <t>Базив Богдан</t>
   </si>
   <si>
     <t>Тучин Иван</t>
   </si>
   <si>
     <t>Ермаков Дмитрий</t>
   </si>
   <si>
     <t>Ананин Сергей</t>
   </si>
   <si>
+    <t>Грудинин Константин</t>
+  </si>
+  <si>
     <t>Гончаров Иван</t>
-  </si>
-[...1 lines deleted...]
-    <t>Грудинин Константин</t>
   </si>
   <si>
     <t>Ермаков Андрей</t>
   </si>
   <si>
     <t>Виноградов Томас</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
@@ -1811,78 +1811,78 @@
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>85</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>53</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>85</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>91</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>