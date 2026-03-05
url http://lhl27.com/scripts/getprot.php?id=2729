--- v0 (2026-03-05)
+++ v1 (2026-03-05)
@@ -102,57 +102,57 @@
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>26:30</t>
   </si>
   <si>
     <t>12:53</t>
   </si>
   <si>
     <t>Дутов Константин</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>32:15</t>
   </si>
   <si>
     <t>27:00</t>
   </si>
   <si>
+    <t>Ямщиков Дмитрий</t>
+  </si>
+  <si>
+    <t>43:00</t>
+  </si>
+  <si>
     <t>Шашурин Валерий</t>
-  </si>
-[...4 lines deleted...]
-    <t>Ямщиков Дмитрий</t>
   </si>
   <si>
     <t>43:18</t>
   </si>
   <si>
     <t>Красовский Егор</t>
   </si>
   <si>
     <t>Доценко Владимир</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Троценко Антон</t>
   </si>
   <si>
     <t>Борисов Егор</t>
   </si>
   <si>
     <t>Лубков Дмитрий</t>
   </si>
   <si>
     <t>Чечурин Максим</t>
   </si>