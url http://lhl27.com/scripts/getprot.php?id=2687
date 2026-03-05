--- v0 (2025-12-07)
+++ v1 (2026-03-05)
@@ -126,57 +126,57 @@
   <si>
     <t>19:21</t>
   </si>
   <si>
     <t>Локтев Дмитрий</t>
   </si>
   <si>
     <t>19:48</t>
   </si>
   <si>
     <t>Свиридов Валерий</t>
   </si>
   <si>
     <t>26:44</t>
   </si>
   <si>
     <t>Горченков Иван</t>
   </si>
   <si>
     <t>Новгородцев Илья</t>
   </si>
   <si>
     <t>Шкуро Роман</t>
   </si>
   <si>
+    <t>Маслаков Андрей</t>
+  </si>
+  <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Копылов Станислав</t>
-  </si>
-[...4 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Свиридов Илья</t>
   </si>
   <si>
     <t>Алексеев Алексей</t>
   </si>
   <si>
     <t>Ким Евгений</t>
   </si>
   <si>
     <t>Першин Ярослав</t>
   </si>
   <si>
     <t>Баськов Денис</t>
   </si>
   <si>
     <t>Исаков Исам</t>
   </si>
   <si>
     <t>Растворцев Евгений</t>
   </si>
   <si>
     <t>Махраков Даниил</t>
   </si>
@@ -1176,78 +1176,78 @@
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>35</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>35</v>
       </c>
       <c r="B13" s="12" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>49</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
@@ -1740,51 +1740,51 @@
       </c>
       <c r="O31" s="7">
         <v>15</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>5</v>
       </c>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
         <v>1</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H32" s="7"/>
       <c r="I32" s="7"/>
       <c r="J32" s="7"/>
       <c r="K32" s="7"/>
       <c r="L32" s="7"/>
       <c r="M32" s="7"/>
       <c r="N32" s="7"/>
       <c r="O32" s="7"/>
       <c r="P32" s="7"/>
       <c r="Q32" s="7"/>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>5</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>