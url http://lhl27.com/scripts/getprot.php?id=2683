--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -144,54 +144,54 @@
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>43-00</t>
   </si>
   <si>
     <t>Микулинский Владимир</t>
   </si>
   <si>
     <t>Ширяев Вадим</t>
   </si>
   <si>
     <t>Шкуро Роман</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Оклей Станислав</t>
   </si>
   <si>
     <t>Башук Антон</t>
   </si>
   <si>
+    <t>Шадрин Александр</t>
+  </si>
+  <si>
     <t>Сенник Виктор</t>
-  </si>
-[...1 lines deleted...]
-    <t>Шадрин Александр</t>
   </si>
   <si>
     <t>Шкедов Денис</t>
   </si>
   <si>
     <t>Шубин Владимир</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Хабаровские медведи»</t>
   </si>
   <si>
     <t>04-04</t>
   </si>
   <si>
     <t>12-49</t>
   </si>
   <si>
     <t>Гальченко Станислав</t>
   </si>