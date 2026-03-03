--- v0 (2025-12-06)
+++ v1 (2026-03-03)
@@ -183,54 +183,54 @@
   <si>
     <t>31:21</t>
   </si>
   <si>
     <t>Чередник Владимир</t>
   </si>
   <si>
     <t>38:17</t>
   </si>
   <si>
     <t>Воронов Александр</t>
   </si>
   <si>
     <t>Нестеров Виталий</t>
   </si>
   <si>
     <t>Загней Борис</t>
   </si>
   <si>
     <t>Корчагин Руслан</t>
   </si>
   <si>
     <t>Галузин Александр</t>
   </si>
   <si>
+    <t>Соловьев Вадим</t>
+  </si>
+  <si>
     <t>Бояркин Владимир</t>
-  </si>
-[...1 lines deleted...]
-    <t>Соловьев Вадим</t>
   </si>
   <si>
     <t>Довбня Никита</t>
   </si>
   <si>
     <t>Стариков Михаил</t>
   </si>
   <si>
     <t>Яковлев Сергей</t>
   </si>
   <si>
     <t>Иванов Данил</t>
   </si>
   <si>
     <t>Черепанов Константин</t>
   </si>
   <si>
     <t>Селюжицкий Александр</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
@@ -1888,51 +1888,51 @@
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>30</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>70</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>