--- v0 (2025-12-07)
+++ v1 (2026-03-05)
@@ -108,54 +108,54 @@
   <si>
     <t>11-10</t>
   </si>
   <si>
     <t>25:12</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>40:35</t>
   </si>
   <si>
     <t>Дутов Константин</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>ПВ</t>
   </si>
   <si>
     <t>44-58</t>
   </si>
   <si>
+    <t>Шашурин Валерий</t>
+  </si>
+  <si>
     <t>Ямщиков Дмитрий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Шашурин Валерий</t>
   </si>
   <si>
     <t>Красовский Егор</t>
   </si>
   <si>
     <t>Доценко Владимир</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Троценко Антон</t>
   </si>
   <si>
     <t>Лубков Дмитрий</t>
   </si>
   <si>
     <t>Чечурин Максим</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Родионов Андрей</t>
   </si>