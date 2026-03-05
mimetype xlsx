--- v0 (2025-12-07)
+++ v1 (2026-03-05)
@@ -123,54 +123,54 @@
   <si>
     <t>Широких Андрей</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Коростин Станислав</t>
   </si>
   <si>
     <t>Николаев Сергей</t>
   </si>
   <si>
     <t>Удалов Геннадий</t>
   </si>
   <si>
     <t>Ибрагимов Мехрубон</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Чертопрудов Сергей</t>
   </si>
   <si>
+    <t>Насников Алексей</t>
+  </si>
+  <si>
     <t>Реут Андрей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Насников Алексей</t>
   </si>
   <si>
     <t>Нигматулин Дмитрий</t>
   </si>
   <si>
     <t>Туржанский Александр</t>
   </si>
   <si>
     <t>Моисейчик Дмитрий</t>
   </si>
   <si>
     <t>Бондарь Дмитрий</t>
   </si>
   <si>
     <t>Ерохин Иван</t>
   </si>
   <si>
     <t>Воробьев Артем</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>