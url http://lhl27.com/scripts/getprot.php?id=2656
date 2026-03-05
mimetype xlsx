--- v1 (2026-03-05)
+++ v2 (2026-03-05)
@@ -129,66 +129,66 @@
   <si>
     <t>Коростин Станислав</t>
   </si>
   <si>
     <t>Николаев Сергей</t>
   </si>
   <si>
     <t>Удалов Геннадий</t>
   </si>
   <si>
     <t>Ибрагимов Мехрубон</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Чертопрудов Сергей</t>
   </si>
   <si>
     <t>Насников Алексей</t>
   </si>
   <si>
     <t>Реут Андрей</t>
   </si>
   <si>
+    <t>Туржанский Александр</t>
+  </si>
+  <si>
     <t>Нигматулин Дмитрий</t>
   </si>
   <si>
-    <t>Туржанский Александр</t>
-[...1 lines deleted...]
-  <si>
     <t>Моисейчик Дмитрий</t>
   </si>
   <si>
     <t>Бондарь Дмитрий</t>
   </si>
   <si>
+    <t>Воробьев Артем</t>
+  </si>
+  <si>
     <t>Ерохин Иван</t>
-  </si>
-[...1 lines deleted...]
-    <t>Воробьев Артем</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Рубеж 2»</t>
   </si>
   <si>
     <t>7-25</t>
   </si>
   <si>
     <t>42-22</t>
   </si>
   <si>
     <t>Кильдюшкин Александр</t>
   </si>
   <si>
     <t>11-41</t>
   </si>
   <si>
     <t>Горбунов Роман</t>
   </si>