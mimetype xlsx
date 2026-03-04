--- v0 (2025-12-06)
+++ v1 (2026-03-04)
@@ -114,60 +114,60 @@
   <si>
     <t>Фадеев Владислав</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>23:59</t>
   </si>
   <si>
     <t>Долбенко Михаил</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>25:04</t>
   </si>
   <si>
     <t>Заседа Алексей</t>
   </si>
   <si>
     <t>33:08</t>
   </si>
   <si>
+    <t>Лысков Алексей</t>
+  </si>
+  <si>
+    <t>Нп</t>
+  </si>
+  <si>
+    <t>39:52</t>
+  </si>
+  <si>
     <t>Павлов Анатолий</t>
-  </si>
-[...7 lines deleted...]
-    <t>Лысков Алексей</t>
   </si>
   <si>
     <t>43:00</t>
   </si>
   <si>
     <t>Долгалев Роман</t>
   </si>
   <si>
     <t>43:54</t>
   </si>
   <si>
     <t>Хитров Владислав</t>
   </si>
   <si>
     <t>44:13</t>
   </si>
   <si>
     <t>Евсеев Андрей</t>
   </si>
   <si>
     <t>Тимошкин Александр</t>
   </si>
   <si>
     <t>Лысков Александр</t>
   </si>