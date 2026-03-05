--- v0 (2025-12-08)
+++ v1 (2026-03-05)
@@ -123,72 +123,72 @@
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Широких Андрей</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Коростин Станислав</t>
   </si>
   <si>
     <t>Удалов Геннадий</t>
   </si>
   <si>
     <t>Ибрагимов Мехрубон</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Чертопрудов Сергей</t>
   </si>
   <si>
+    <t>Насников Алексей</t>
+  </si>
+  <si>
     <t>Реут Андрей</t>
   </si>
   <si>
-    <t>Насников Алексей</t>
+    <t>Туржанский Александр</t>
   </si>
   <si>
     <t>Нигматулин Дмитрий</t>
   </si>
   <si>
-    <t>Туржанский Александр</t>
-[...1 lines deleted...]
-  <si>
     <t>Моисейчик Дмитрий</t>
   </si>
   <si>
     <t>Бондарь Дмитрий</t>
   </si>
   <si>
+    <t>Воробьев Артем</t>
+  </si>
+  <si>
     <t>Ерохин Иван</t>
-  </si>
-[...1 lines deleted...]
-    <t>Воробьев Артем</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Пульсар»</t>
   </si>
   <si>
     <t>Ким Юрий</t>
   </si>
   <si>
     <t>2:54</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>Бойков Павел</t>
   </si>
   <si>
     <t>+1</t>
   </si>