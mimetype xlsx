--- v0 (2025-12-08)
+++ v1 (2026-03-03)
@@ -129,54 +129,54 @@
   <si>
     <t>30:35</t>
   </si>
   <si>
     <t>Окунев Михаил</t>
   </si>
   <si>
     <t>44:07</t>
   </si>
   <si>
     <t>Трофимович Дмитрий</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>44:29</t>
   </si>
   <si>
     <t>Полукеев Иван</t>
   </si>
   <si>
     <t>Луц Виктор</t>
   </si>
   <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Зборовский Илья</t>
-  </si>
-[...1 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Иванисов Александр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Олимпия»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>18:04</t>
   </si>
   <si>
     <t>16:49</t>
   </si>
   <si>
     <t>28:09</t>
   </si>
@@ -1135,78 +1135,78 @@
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>29</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>79</v>
       </c>
       <c r="B12" s="12" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>92</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
@@ -1674,51 +1674,51 @@
       </c>
       <c r="O31" s="7">
         <v>63</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>5</v>
       </c>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
         <v>1</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>48</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H32" s="7">
         <v>3</v>
       </c>
       <c r="I32" s="7"/>
       <c r="J32" s="7" t="s">
         <v>49</v>
       </c>
       <c r="K32" s="7">
         <v>87</v>
       </c>
       <c r="L32" s="7">
         <v>95</v>
       </c>
       <c r="M32" s="7">
         <v>0</v>
       </c>
       <c r="N32" s="7" t="s">
         <v>50</v>
       </c>
       <c r="O32" s="7">
         <v>12</v>
       </c>
       <c r="P32" s="7">
         <v>2</v>