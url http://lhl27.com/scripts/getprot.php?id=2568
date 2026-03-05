--- v0 (2026-03-05)
+++ v1 (2026-03-05)
@@ -129,57 +129,57 @@
   <si>
     <t>Команда « Б » «Амурские Леопарды»</t>
   </si>
   <si>
     <t>23:36</t>
   </si>
   <si>
     <t>00:01</t>
   </si>
   <si>
     <t>Фадеев Владислав</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>00:40</t>
   </si>
   <si>
     <t>Зинатулин Сергей</t>
   </si>
   <si>
     <t>28:17</t>
   </si>
   <si>
+    <t>Заседа Алексей</t>
+  </si>
+  <si>
+    <t>42:46</t>
+  </si>
+  <si>
     <t>Саржан Сергей</t>
-  </si>
-[...4 lines deleted...]
-    <t>Заседа Алексей</t>
   </si>
   <si>
     <t>Павлов Анатолий</t>
   </si>
   <si>
     <t>Долгалев Роман</t>
   </si>
   <si>
     <t>Хитров Владислав</t>
   </si>
   <si>
     <t>Ильтимиров Вячеслав</t>
   </si>
   <si>
     <t>Евсеев Андрей</t>
   </si>
   <si>
     <t>Родькин Сергей</t>
   </si>
   <si>
     <t>Кучеганов Иван</t>
   </si>
   <si>
     <t>Тимошкин Александр</t>
   </si>
@@ -1600,86 +1600,86 @@
       </c>
       <c r="O32" s="7">
         <v>9</v>
       </c>
       <c r="P32" s="7">
         <v>2</v>
       </c>
       <c r="Q32" s="7">
         <v>9</v>
       </c>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>9</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7" t="s">
         <v>38</v>
       </c>
       <c r="O33" s="7">
         <v>71</v>
       </c>
       <c r="P33" s="7">
         <v>2</v>
       </c>
       <c r="Q33" s="7">
         <v>3</v>
       </c>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>9</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>11</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>