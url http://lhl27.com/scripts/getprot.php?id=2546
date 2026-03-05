--- v0 (2026-03-05)
+++ v1 (2026-03-05)
@@ -180,54 +180,54 @@
   <si>
     <t>27:26</t>
   </si>
   <si>
     <t>03:46</t>
   </si>
   <si>
     <t>41:27</t>
   </si>
   <si>
     <t>Братухин Антон</t>
   </si>
   <si>
     <t>Могилевский Александр</t>
   </si>
   <si>
     <t>Чередник Владимир</t>
   </si>
   <si>
     <t>Застеба Артём</t>
   </si>
   <si>
     <t>Загней Борис</t>
   </si>
   <si>
+    <t>Егоров Марк</t>
+  </si>
+  <si>
     <t>Краснопольский Евгений</t>
-  </si>
-[...1 lines deleted...]
-    <t>Егоров Марк</t>
   </si>
   <si>
     <t>Тимченко Игорь</t>
   </si>
   <si>
     <t>Бояркин Владимир</t>
   </si>
   <si>
     <t>Добродеев Руслан</t>
   </si>
   <si>
     <t>Яковлев Сергей</t>
   </si>
   <si>
     <t>Андриенко Алексей</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>