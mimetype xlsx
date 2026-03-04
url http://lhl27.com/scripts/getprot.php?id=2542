--- v0 (2025-12-09)
+++ v1 (2026-03-04)
@@ -105,57 +105,57 @@
   <si>
     <t>Тарасов Андрей</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>00-16</t>
   </si>
   <si>
     <t>03-15</t>
   </si>
   <si>
     <t>Мяснянкин Иван</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>00-48</t>
   </si>
   <si>
     <t>05-45</t>
   </si>
   <si>
+    <t>Костин Константин</t>
+  </si>
+  <si>
+    <t>15-00</t>
+  </si>
+  <si>
     <t>Кучинский Михаил</t>
-  </si>
-[...4 lines deleted...]
-    <t>Костин Константин</t>
   </si>
   <si>
     <t>15-40</t>
   </si>
   <si>
     <t>Дузенко Максим</t>
   </si>
   <si>
     <t>21-18</t>
   </si>
   <si>
     <t>Башкуров Денис</t>
   </si>
   <si>
     <t>22-02</t>
   </si>
   <si>
     <t>Рассказов Евгений</t>
   </si>
   <si>
     <t>25-07</t>
   </si>
   <si>
     <t>Евтеев Максим</t>
   </si>