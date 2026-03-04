--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -129,132 +129,132 @@
   <si>
     <t>39-09</t>
   </si>
   <si>
     <t>Воронов Александр</t>
   </si>
   <si>
     <t>43-53</t>
   </si>
   <si>
     <t>Нестеров Виталий</t>
   </si>
   <si>
     <t>Корчагин Руслан</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Мамаенко Даниил</t>
   </si>
   <si>
     <t>Бояркин Владимир</t>
   </si>
   <si>
+    <t>Стариков Михаил</t>
+  </si>
+  <si>
+    <t>Яковлев Сергей</t>
+  </si>
+  <si>
+    <t>Черепанов Константин</t>
+  </si>
+  <si>
+    <t>Селюжицкий Александр</t>
+  </si>
+  <si>
+    <t>Капшук Денис</t>
+  </si>
+  <si>
+    <t>Главный тренер</t>
+  </si>
+  <si>
+    <t>Подписи</t>
+  </si>
+  <si>
+    <t>Команда « Б » «Феникс»</t>
+  </si>
+  <si>
+    <t>Одинец Александр</t>
+  </si>
+  <si>
+    <t>01-20</t>
+  </si>
+  <si>
+    <t>08-55</t>
+  </si>
+  <si>
+    <t>Медвикус Евгений</t>
+  </si>
+  <si>
+    <t>15-00</t>
+  </si>
+  <si>
+    <t>Павлов Роман</t>
+  </si>
+  <si>
+    <t>38-30</t>
+  </si>
+  <si>
+    <t>Бойцов Евгений</t>
+  </si>
+  <si>
+    <t>Шураков Дмитрий</t>
+  </si>
+  <si>
+    <t>44-58</t>
+  </si>
+  <si>
+    <t>Балакирев Владимир</t>
+  </si>
+  <si>
+    <t>Митрофанов Федор</t>
+  </si>
+  <si>
+    <t>Грейзик Сергей</t>
+  </si>
+  <si>
+    <t>Москалев Алексей</t>
+  </si>
+  <si>
+    <t>Летюк Денис</t>
+  </si>
+  <si>
+    <t>Герасимов Андрей</t>
+  </si>
+  <si>
+    <t>Сычев Артем</t>
+  </si>
+  <si>
+    <t>Гаврилюк Максим</t>
+  </si>
+  <si>
+    <t>Стасюкевич Никита</t>
+  </si>
+  <si>
     <t>Вр</t>
-  </si>
-[...79 lines deleted...]
-    <t>Стасюкевич Никита</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Макаров Александр</t>
   </si>
   <si>
     <t>Чайка Максим</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
@@ -1165,179 +1165,179 @@
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>30</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>70</v>
       </c>
       <c r="B13" s="12" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
         <v>27</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>81</v>
       </c>
       <c r="B14" s="12" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
         <v>27</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>87</v>
       </c>
       <c r="B15" s="12" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
         <v>34</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>88</v>
       </c>
       <c r="B16" s="12" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
         <v>27</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>98</v>
       </c>
       <c r="B17" s="12" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
         <v>34</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5"/>
       <c r="B18" s="12"/>
       <c r="C18" s="13"/>
@@ -1506,76 +1506,76 @@
       <c r="S25" s="10"/>
     </row>
     <row r="26" spans="1:19">
       <c r="A26" s="5"/>
       <c r="B26" s="12"/>
       <c r="C26" s="13"/>
       <c r="D26" s="13"/>
       <c r="E26" s="13"/>
       <c r="F26" s="14"/>
       <c r="G26" s="5"/>
       <c r="H26" s="6"/>
       <c r="I26" s="6"/>
       <c r="J26" s="6"/>
       <c r="K26" s="6"/>
       <c r="L26" s="6"/>
       <c r="M26" s="8"/>
       <c r="N26" s="6"/>
       <c r="O26" s="6"/>
       <c r="P26" s="6"/>
       <c r="Q26" s="6"/>
       <c r="R26" s="6"/>
       <c r="S26" s="6"/>
     </row>
     <row r="27" spans="1:19">
       <c r="A27" s="15" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B27" s="15"/>
       <c r="C27" s="15"/>
       <c r="D27" s="15"/>
       <c r="E27" s="15"/>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15"/>
       <c r="I27" s="15"/>
       <c r="J27" s="15"/>
       <c r="K27" s="15"/>
       <c r="L27" s="15" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="M27" s="15"/>
       <c r="N27" s="15"/>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27" s="15"/>
       <c r="S27" s="15"/>
     </row>
     <row r="28" spans="1:19" customHeight="1" ht="12" s="3" customFormat="1">
       <c r="A28" s="17" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B28" s="17"/>
       <c r="C28" s="17"/>
       <c r="D28" s="17"/>
       <c r="E28" s="17"/>
       <c r="F28" s="17"/>
       <c r="G28" s="17"/>
       <c r="H28" s="18" t="s">
         <v>7</v>
       </c>
       <c r="I28" s="18"/>
       <c r="J28" s="18"/>
       <c r="K28" s="18"/>
       <c r="L28" s="18"/>
       <c r="M28" s="18"/>
       <c r="N28" s="18" t="s">
         <v>8</v>
       </c>
       <c r="O28" s="18"/>
       <c r="P28" s="18"/>
       <c r="Q28" s="18"/>
       <c r="R28" s="18"/>
       <c r="S28" s="18"/>
     </row>
     <row r="29" spans="1:19">
@@ -1612,459 +1612,459 @@
       </c>
       <c r="N29" s="7" t="s">
         <v>14</v>
       </c>
       <c r="O29" s="7" t="s">
         <v>9</v>
       </c>
       <c r="P29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="Q29" s="7" t="s">
         <v>18</v>
       </c>
       <c r="R29" s="7" t="s">
         <v>19</v>
       </c>
       <c r="S29" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:19">
       <c r="A30" s="7">
         <v>7</v>
       </c>
       <c r="B30" s="12" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C30" s="13"/>
       <c r="D30" s="13"/>
       <c r="E30" s="13"/>
       <c r="F30" s="14"/>
       <c r="G30" s="7" t="s">
         <v>27</v>
       </c>
       <c r="H30" s="7">
         <v>1</v>
       </c>
       <c r="I30" s="7"/>
       <c r="J30" s="7" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="K30" s="7">
         <v>27</v>
       </c>
       <c r="L30" s="7">
         <v>0</v>
       </c>
       <c r="M30" s="7">
         <v>0</v>
       </c>
       <c r="N30" s="7" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="O30" s="7">
         <v>70</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
       </c>
       <c r="Q30" s="7">
         <v>6</v>
       </c>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
         <v>12</v>
       </c>
       <c r="B31" s="12" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
         <v>27</v>
       </c>
       <c r="H31" s="7"/>
       <c r="I31" s="7"/>
       <c r="J31" s="7"/>
       <c r="K31" s="7"/>
       <c r="L31" s="7"/>
       <c r="M31" s="7"/>
       <c r="N31" s="7" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="O31" s="7">
         <v>70</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>9</v>
       </c>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
         <v>13</v>
       </c>
       <c r="B32" s="12" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
         <v>34</v>
       </c>
       <c r="H32" s="7"/>
       <c r="I32" s="7"/>
       <c r="J32" s="7"/>
       <c r="K32" s="7"/>
       <c r="L32" s="7"/>
       <c r="M32" s="7"/>
       <c r="N32" s="7" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="O32" s="7">
         <v>50</v>
       </c>
       <c r="P32" s="7">
         <v>2</v>
       </c>
       <c r="Q32" s="7">
         <v>13</v>
       </c>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>14</v>
       </c>
       <c r="B33" s="12" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
         <v>27</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7" t="s">
         <v>31</v>
       </c>
       <c r="O33" s="7">
         <v>89</v>
       </c>
       <c r="P33" s="7">
         <v>2</v>
       </c>
       <c r="Q33" s="7">
         <v>13</v>
       </c>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>15</v>
       </c>
       <c r="B34" s="12" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
         <v>27</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="O34" s="7">
         <v>70</v>
       </c>
       <c r="P34" s="7">
         <v>2</v>
       </c>
       <c r="Q34" s="7">
         <v>5</v>
       </c>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>18</v>
       </c>
       <c r="B35" s="12" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
         <v>34</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>27</v>
       </c>
       <c r="B36" s="12" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
         <v>27</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>28</v>
       </c>
       <c r="B37" s="12" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
         <v>27</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>33</v>
       </c>
       <c r="B38" s="12" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
         <v>34</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>34</v>
       </c>
       <c r="B39" s="12" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
         <v>27</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>35</v>
       </c>
       <c r="B40" s="12" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
         <v>34</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>50</v>
       </c>
       <c r="B41" s="12" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
         <v>34</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
         <v>70</v>
       </c>
       <c r="B42" s="12" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
         <v>34</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
         <v>89</v>
       </c>
       <c r="B43" s="12" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
       <c r="G43" s="7" t="s">
-        <v>37</v>
+        <v>64</v>
       </c>
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7"/>
       <c r="B44" s="12"/>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>
       <c r="G44" s="7"/>
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>
@@ -2205,64 +2205,64 @@
       <c r="S50" s="10"/>
     </row>
     <row r="51" spans="1:19">
       <c r="A51" s="7"/>
       <c r="B51" s="12"/>
       <c r="C51" s="13"/>
       <c r="D51" s="13"/>
       <c r="E51" s="13"/>
       <c r="F51" s="14"/>
       <c r="G51" s="7"/>
       <c r="H51" s="7"/>
       <c r="I51" s="7"/>
       <c r="J51" s="7"/>
       <c r="K51" s="7"/>
       <c r="L51" s="7"/>
       <c r="M51" s="7"/>
       <c r="N51" s="7"/>
       <c r="O51" s="7"/>
       <c r="P51" s="7"/>
       <c r="Q51" s="7"/>
       <c r="R51" s="7"/>
       <c r="S51" s="7"/>
     </row>
     <row r="52" spans="1:19">
       <c r="A52" s="15" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B52" s="15"/>
       <c r="C52" s="15"/>
       <c r="D52" s="15"/>
       <c r="E52" s="15"/>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15"/>
       <c r="I52" s="15"/>
       <c r="J52" s="15"/>
       <c r="K52" s="15"/>
       <c r="L52" s="15" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="M52" s="15"/>
       <c r="N52" s="15"/>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52" s="15"/>
       <c r="S52" s="15"/>
     </row>
     <row r="53" spans="1:19">
       <c r="A53" s="11"/>
       <c r="B53" s="11"/>
       <c r="C53" s="11"/>
       <c r="D53" s="11"/>
       <c r="E53" s="11"/>
       <c r="F53" s="11"/>
       <c r="G53" s="11"/>
       <c r="H53" s="11"/>
       <c r="I53" s="11"/>
       <c r="J53" s="11"/>
       <c r="K53" s="11"/>
       <c r="L53" s="11"/>
       <c r="M53" s="11"/>
       <c r="N53" s="11"/>
       <c r="O53" s="11"/>