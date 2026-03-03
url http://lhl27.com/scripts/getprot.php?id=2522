--- v0 (2025-12-08)
+++ v1 (2026-03-03)
@@ -117,57 +117,57 @@
   <si>
     <t>44:30</t>
   </si>
   <si>
     <t>Дергунов Антон</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Шабала Денис</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Иконников Филипп</t>
   </si>
   <si>
     <t>Иволга Дмитрий</t>
   </si>
   <si>
     <t>Жеребцов Дмитрий</t>
   </si>
   <si>
+    <t>Христинин Константин</t>
+  </si>
+  <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Молчанов Сергей</t>
-  </si>
-[...4 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Астахов Олег</t>
   </si>
   <si>
     <t>Черепанов Вячеслав</t>
   </si>
   <si>
     <t>Борячёк Сергей</t>
   </si>
   <si>
     <t>Мацута Сергей</t>
   </si>
   <si>
     <t>Сахно Павел</t>
   </si>
   <si>
     <t>Можаев Владимир</t>
   </si>
   <si>
     <t>Скрынник Евгений</t>
   </si>
   <si>
     <t>Лебедев Евгений</t>
   </si>
@@ -1154,78 +1154,78 @@
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>22</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>22</v>
       </c>
       <c r="B13" s="12" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>29</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
@@ -2061,51 +2061,51 @@
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>
       <c r="K44" s="7"/>
       <c r="L44" s="7"/>
       <c r="M44" s="7"/>
       <c r="N44" s="7"/>
       <c r="O44" s="7"/>
       <c r="P44" s="7"/>
       <c r="Q44" s="7"/>
       <c r="R44" s="7"/>
       <c r="S44" s="7"/>
     </row>
     <row r="45" spans="1:19">
       <c r="A45" s="7">
         <v>72</v>
       </c>
       <c r="B45" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C45" s="13"/>
       <c r="D45" s="13"/>
       <c r="E45" s="13"/>
       <c r="F45" s="14"/>
       <c r="G45" s="7" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="H45" s="7"/>
       <c r="I45" s="7"/>
       <c r="J45" s="7"/>
       <c r="K45" s="7"/>
       <c r="L45" s="7"/>
       <c r="M45" s="7"/>
       <c r="N45" s="7"/>
       <c r="O45" s="7"/>
       <c r="P45" s="7"/>
       <c r="Q45" s="7"/>
       <c r="R45" s="7"/>
       <c r="S45" s="7"/>
     </row>
     <row r="46" spans="1:19">
       <c r="A46" s="7">
         <v>78</v>
       </c>
       <c r="B46" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C46" s="13"/>
       <c r="D46" s="13"/>
       <c r="E46" s="13"/>
       <c r="F46" s="14"/>