--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -93,60 +93,60 @@
   <si>
     <t xml:space="preserve">Шт </t>
   </si>
   <si>
     <t>Пр</t>
   </si>
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t>Атяньчев Михаил</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>04-52</t>
   </si>
   <si>
     <t>09-38</t>
   </si>
   <si>
+    <t>Кучинский Михаил</t>
+  </si>
+  <si>
+    <t>19-58</t>
+  </si>
+  <si>
+    <t>14-20</t>
+  </si>
+  <si>
     <t>Костин Константин</t>
-  </si>
-[...7 lines deleted...]
-    <t>Кучинский Михаил</t>
   </si>
   <si>
     <t>20-55</t>
   </si>
   <si>
     <t>26-26</t>
   </si>
   <si>
     <t>Асямов Эдуард</t>
   </si>
   <si>
     <t>24-42</t>
   </si>
   <si>
     <t>34-20</t>
   </si>
   <si>
     <t>Туманков Андрей</t>
   </si>
   <si>
     <t>29-20</t>
   </si>
   <si>
     <t>36-16</t>
   </si>