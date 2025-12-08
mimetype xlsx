--- v0 (2025-12-08)
+++ v1 (2025-12-08)
@@ -111,60 +111,60 @@
   <si>
     <t>01-38</t>
   </si>
   <si>
     <t>23-15</t>
   </si>
   <si>
     <t>10-16</t>
   </si>
   <si>
     <t>15-00</t>
   </si>
   <si>
     <t>15-44</t>
   </si>
   <si>
     <t>Каргин Евгений</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>26-02</t>
   </si>
   <si>
+    <t>Лубков Дмитрий</t>
+  </si>
+  <si>
+    <t>Нп</t>
+  </si>
+  <si>
+    <t>28-28</t>
+  </si>
+  <si>
     <t>Борисов Егор</t>
-  </si>
-[...7 lines deleted...]
-    <t>Лубков Дмитрий</t>
   </si>
   <si>
     <t>33-22</t>
   </si>
   <si>
     <t>Бессмертный Сергей</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>34-30</t>
   </si>
   <si>
     <t>Чайка Роман</t>
   </si>
   <si>
     <t>41-17</t>
   </si>
   <si>
     <t>Чечурин Максим</t>
   </si>
   <si>
     <t>Найдишкин Петр</t>
   </si>