--- v0 (2025-12-06)
+++ v1 (2026-03-04)
@@ -81,65 +81,65 @@
   <si>
     <t>Ис</t>
   </si>
   <si>
     <t xml:space="preserve">Время </t>
   </si>
   <si>
     <t>Г</t>
   </si>
   <si>
     <t>П</t>
   </si>
   <si>
     <t xml:space="preserve">Шт </t>
   </si>
   <si>
     <t>Пр</t>
   </si>
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
+    <t>Коновченко Виталий</t>
+  </si>
+  <si>
+    <t>Нп</t>
+  </si>
+  <si>
+    <t>9-17</t>
+  </si>
+  <si>
+    <t>20-14</t>
+  </si>
+  <si>
     <t>Атяньчев Михаил</t>
   </si>
   <si>
-    <t>Нп</t>
-[...10 lines deleted...]
-  <si>
     <t>10-00</t>
   </si>
   <si>
     <t>26-30</t>
   </si>
   <si>
     <t>Глушков Максим</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>44-56</t>
   </si>
   <si>
     <t>Костин Константин</t>
   </si>
   <si>
     <t>Асямов Эдуард</t>
   </si>
   <si>
     <t>Федюнин Евгений</t>
   </si>
   <si>
     <t>Башкуров Денис</t>
@@ -207,54 +207,54 @@
   <si>
     <t>43-24</t>
   </si>
   <si>
     <t>34-40</t>
   </si>
   <si>
     <t>Шабала Денис</t>
   </si>
   <si>
     <t>ПВ</t>
   </si>
   <si>
     <t>44-04</t>
   </si>
   <si>
     <t>Иконников Филипп</t>
   </si>
   <si>
     <t>Иволга Дмитрий</t>
   </si>
   <si>
     <t>Жеребцов Дмитрий</t>
   </si>
   <si>
+    <t>Молчанов Сергей</t>
+  </si>
+  <si>
     <t>Христинин Константин</t>
-  </si>
-[...1 lines deleted...]
-    <t>Молчанов Сергей</t>
   </si>
   <si>
     <t>Астахов Олег</t>
   </si>
   <si>
     <t>Черепанов Вячеслав</t>
   </si>
   <si>
     <t>Борячёк Сергей</t>
   </si>
   <si>
     <t>Мацута Сергей</t>
   </si>
   <si>
     <t>Сахно Павел</t>
   </si>
   <si>
     <t>Можаев Владимир</t>
   </si>
   <si>
     <t>Скрынник Евгений</t>
   </si>
   <si>
     <t>Лебедев Евгений</t>
   </si>
@@ -1903,78 +1903,78 @@
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>22</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>22</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>29</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>