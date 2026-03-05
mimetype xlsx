--- v0 (2025-12-07)
+++ v1 (2026-03-05)
@@ -126,59 +126,59 @@
   <si>
     <t>35:30</t>
   </si>
   <si>
     <t>20:58</t>
   </si>
   <si>
     <t>Мяснянкин Иван</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>40:31</t>
   </si>
   <si>
     <t>Глушков Максим</t>
   </si>
   <si>
     <t>Жуков Максим</t>
   </si>
   <si>
     <t>44:11</t>
   </si>
   <si>
+    <t>Кучинский Михаил</t>
+  </si>
+  <si>
+    <t>44:59</t>
+  </si>
+  <si>
     <t>Костин Константин</t>
   </si>
   <si>
-    <t>44:59</t>
-[...4 lines deleted...]
-  <si>
     <t>Рассказов Евгений</t>
   </si>
   <si>
     <t>Светачев Алексей</t>
   </si>
   <si>
     <t>Матиенко Роман</t>
   </si>
   <si>
     <t>Луговой Дмитрий</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Крючков Максим</t>
   </si>
   <si>
     <t>Бухтояров Антон</t>
   </si>
   <si>
     <t>Ласковый Вадим</t>
   </si>
   <si>
     <t>Храмцов Юрий</t>
@@ -234,54 +234,54 @@
   <si>
     <t>Болдырев Владимир</t>
   </si>
   <si>
     <t>Борисов Сергей</t>
   </si>
   <si>
     <t>Микулинский Владимир</t>
   </si>
   <si>
     <t>Журавлев Виталий</t>
   </si>
   <si>
     <t>Ширяев Вадим</t>
   </si>
   <si>
     <t>Оклей Станислав</t>
   </si>
   <si>
     <t>Башук Антон</t>
   </si>
   <si>
     <t>Шадрин Егор</t>
   </si>
   <si>
+    <t>Сенник Виктор</t>
+  </si>
+  <si>
     <t>Шадрин Александр</t>
-  </si>
-[...1 lines deleted...]
-    <t>Сенник Виктор</t>
   </si>
   <si>
     <t>Шкедов Денис</t>
   </si>
   <si>
     <t>Шубин Владимир</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Колесников Павел</t>
   </si>
   <si>
     <t>Макаров Александр</t>
   </si>
 </sst>
 </file>
 