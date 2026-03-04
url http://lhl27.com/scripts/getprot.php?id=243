--- v0 (2025-12-07)
+++ v1 (2026-03-04)
@@ -1471,51 +1471,51 @@
       <c r="E30" s="13"/>
       <c r="F30" s="14"/>
       <c r="G30" s="7"/>
       <c r="H30" s="7">
         <v>1</v>
       </c>
       <c r="I30" s="7" t="s">
         <v>31</v>
       </c>
       <c r="J30" s="7" t="s">
         <v>23</v>
       </c>
       <c r="K30" s="7">
         <v>21</v>
       </c>
       <c r="L30" s="7">
         <v>19</v>
       </c>
       <c r="M30" s="7">
         <v>0</v>
       </c>
       <c r="N30" s="7" t="s">
         <v>32</v>
       </c>
       <c r="O30" s="7">
-        <v>1</v>
+        <v>97</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
       </c>
       <c r="Q30" s="7">
         <v>13</v>
       </c>
       <c r="R30" s="7" t="s">
         <v>32</v>
       </c>
       <c r="S30" s="7" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7"/>
       <c r="B31" s="12"/>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7"/>
       <c r="H31" s="7">
         <v>2</v>
       </c>