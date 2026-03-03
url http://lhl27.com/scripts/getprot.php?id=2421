--- v0 (2025-12-06)
+++ v1 (2026-03-03)
@@ -126,54 +126,54 @@
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>41-38</t>
   </si>
   <si>
     <t>Дутов Константин</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Ямщиков Дмитрий</t>
   </si>
   <si>
     <t>Красовский Егор</t>
   </si>
   <si>
     <t>Доценко Владимир</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
+    <t>Борисов Егор</t>
+  </si>
+  <si>
     <t>Лубков Дмитрий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Борисов Егор</t>
   </si>
   <si>
     <t>Чечурин Максим</t>
   </si>
   <si>
     <t>Родионов Андрей</t>
   </si>
   <si>
     <t>Колюбанов Денис</t>
   </si>
   <si>
     <t>Севостьянов Александр</t>
   </si>
   <si>
     <t>Кошель Виталий</t>
   </si>
   <si>
     <t>Беспалов Евгений</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>