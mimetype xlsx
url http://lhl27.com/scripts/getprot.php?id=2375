--- v0 (2025-12-08)
+++ v1 (2026-03-05)
@@ -117,86 +117,86 @@
   <si>
     <t>Бабич Илья</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>23-19</t>
   </si>
   <si>
     <t>Недбайлов Алексей</t>
   </si>
   <si>
     <t>27-14</t>
   </si>
   <si>
     <t>Широких Андрей</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Коростин Станислав</t>
   </si>
   <si>
+    <t>Удалов Геннадий</t>
+  </si>
+  <si>
     <t>Николаев Сергей</t>
   </si>
   <si>
-    <t>Удалов Геннадий</t>
-[...1 lines deleted...]
-  <si>
     <t>Ибрагимов Мехрубон</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Сибиль Александр</t>
   </si>
   <si>
     <t>Чертопрудов Сергей</t>
   </si>
   <si>
+    <t>Насников Алексей</t>
+  </si>
+  <si>
     <t>Реут Андрей</t>
   </si>
   <si>
-    <t>Насников Алексей</t>
-[...1 lines deleted...]
-  <si>
     <t>Нигматулин Дмитрий</t>
   </si>
   <si>
     <t>Моисейчик Дмитрий</t>
   </si>
   <si>
+    <t>Воробьев Артем</t>
+  </si>
+  <si>
     <t>Ерохин Иван</t>
   </si>
   <si>
-    <t>Воробьев Артем</t>
-[...1 lines deleted...]
-  <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Алькор 2»</t>
   </si>
   <si>
     <t>12-35</t>
   </si>
   <si>
     <t>13-52</t>
   </si>
   <si>
     <t>Дружков Станислав</t>
   </si>
   <si>
     <t>16-40</t>
   </si>
   <si>
     <t>14-34</t>
   </si>
   <si>
     <t>Савин Алексей</t>
@@ -207,72 +207,72 @@
   <si>
     <t>23-38</t>
   </si>
   <si>
     <t>Третьяков Александр</t>
   </si>
   <si>
     <t>42-04</t>
   </si>
   <si>
     <t>Базив Богдан</t>
   </si>
   <si>
     <t>34-24</t>
   </si>
   <si>
     <t>Ключевской Роман</t>
   </si>
   <si>
     <t>37-06</t>
   </si>
   <si>
     <t>Тучин Иван</t>
   </si>
   <si>
+    <t>Жульмагамбетов Сергей</t>
+  </si>
+  <si>
+    <t>Шип Дмитрий</t>
+  </si>
+  <si>
+    <t>Родионов Сергей</t>
+  </si>
+  <si>
+    <t>Ананин Сергей</t>
+  </si>
+  <si>
+    <t>Гутик Сергей</t>
+  </si>
+  <si>
+    <t>Грудинин Константин</t>
+  </si>
+  <si>
+    <t>Ермаков Андрей</t>
+  </si>
+  <si>
     <t>Степанов Владимир</t>
-  </si>
-[...19 lines deleted...]
-    <t>Ермаков Андрей</t>
   </si>
   <si>
     <t>Митрофанов Сергей</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1742,51 +1742,51 @@
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
         <v>31</v>
       </c>
       <c r="H32" s="7">
         <v>3</v>
       </c>
       <c r="I32" s="7"/>
       <c r="J32" s="7" t="s">
         <v>54</v>
       </c>
       <c r="K32" s="7">
         <v>16</v>
       </c>
       <c r="L32" s="7">
         <v>78</v>
       </c>
       <c r="M32" s="7">
         <v>0</v>
       </c>
       <c r="N32" s="7" t="s">
         <v>55</v>
       </c>
       <c r="O32" s="7">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="P32" s="7">
         <v>2</v>
       </c>
       <c r="Q32" s="7">
         <v>2</v>
       </c>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>13</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
         <v>26</v>
       </c>
       <c r="H33" s="7">
@@ -1897,240 +1897,240 @@
       <c r="B36" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
         <v>26</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
-        <v>27</v>
+        <v>65</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
-        <v>65</v>
+        <v>73</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
         <v>31</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>67</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
         <v>26</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>68</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>69</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
       <c r="G43" s="7" t="s">
         <v>31</v>
       </c>
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="B44" s="12" t="s">
         <v>70</v>
       </c>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>
       <c r="G44" s="7" t="s">
         <v>31</v>
       </c>
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>
       <c r="K44" s="7"/>
       <c r="L44" s="7"/>
       <c r="M44" s="7"/>
       <c r="N44" s="7"/>
       <c r="O44" s="7"/>
       <c r="P44" s="7"/>
       <c r="Q44" s="7"/>
       <c r="R44" s="7"/>
       <c r="S44" s="7"/>
     </row>
     <row r="45" spans="1:19">