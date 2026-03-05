--- v1 (2026-03-05)
+++ v2 (2026-03-05)
@@ -117,54 +117,54 @@
   <si>
     <t>Бабич Илья</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>23-19</t>
   </si>
   <si>
     <t>Недбайлов Алексей</t>
   </si>
   <si>
     <t>27-14</t>
   </si>
   <si>
     <t>Широких Андрей</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Коростин Станислав</t>
   </si>
   <si>
+    <t>Николаев Сергей</t>
+  </si>
+  <si>
     <t>Удалов Геннадий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Николаев Сергей</t>
   </si>
   <si>
     <t>Ибрагимов Мехрубон</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Сибиль Александр</t>
   </si>
   <si>
     <t>Чертопрудов Сергей</t>
   </si>
   <si>
     <t>Насников Алексей</t>
   </si>
   <si>
     <t>Реут Андрей</t>
   </si>
   <si>
     <t>Нигматулин Дмитрий</t>
   </si>
   <si>
     <t>Моисейчик Дмитрий</t>
   </si>