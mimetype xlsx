--- v0 (2025-12-10)
+++ v1 (2026-03-04)
@@ -141,54 +141,54 @@
   <si>
     <t>Богодухов Сергей</t>
   </si>
   <si>
     <t>Донских Максим</t>
   </si>
   <si>
     <t>Лазарев Евгений</t>
   </si>
   <si>
     <t>Кретов Максим</t>
   </si>
   <si>
     <t>Воробьев Алексей</t>
   </si>
   <si>
     <t>Осипов Богдан</t>
   </si>
   <si>
     <t>Столбовой Денис</t>
   </si>
   <si>
     <t>Фадеев Сергей</t>
   </si>
   <si>
+    <t>Зайцев Никита</t>
+  </si>
+  <si>
     <t>Шиповалов Евгений</t>
-  </si>
-[...1 lines deleted...]
-    <t>Зайцев Никита</t>
   </si>
   <si>
     <t>Шиков Андрей</t>
   </si>
   <si>
     <t>Некрасов Андрей</t>
   </si>
   <si>
     <t>Роденков Евгений</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Ермак»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>+1</t>
   </si>