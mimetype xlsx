--- v0 (2025-12-09)
+++ v1 (2026-03-05)
@@ -195,54 +195,54 @@
   <si>
     <t>Новоселов Валерий</t>
   </si>
   <si>
     <t>37-40</t>
   </si>
   <si>
     <t>Махлепов Алексей</t>
   </si>
   <si>
     <t>40-10</t>
   </si>
   <si>
     <t>Обухович Александр</t>
   </si>
   <si>
     <t>40-50</t>
   </si>
   <si>
     <t>Тишков Николай</t>
   </si>
   <si>
     <t>Говорин Егор</t>
   </si>
   <si>
+    <t>Зайков Роман</t>
+  </si>
+  <si>
     <t>Болибрух Иван</t>
-  </si>
-[...1 lines deleted...]
-    <t>Зайков Роман</t>
   </si>
   <si>
     <t>Алексанян Сергей</t>
   </si>
   <si>
     <t>Аксенов Дмитрий</t>
   </si>
   <si>
     <t>Уральский Павел</t>
   </si>
   <si>
     <t>Школьный Дмитрий</t>
   </si>
   <si>
     <t>Новоселов Егор</t>
   </si>
   <si>
     <t>Манкевич Артем</t>
   </si>
   <si>
     <t>Писарь Максим</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>