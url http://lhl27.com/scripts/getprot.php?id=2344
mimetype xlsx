--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -144,54 +144,54 @@
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Базив Богдан</t>
   </si>
   <si>
     <t>Тучин Иван</t>
   </si>
   <si>
     <t>Жульмагамбетов Сергей</t>
   </si>
   <si>
     <t>Солоха Виктор</t>
   </si>
   <si>
     <t>Непомнящий Виталий</t>
   </si>
   <si>
     <t>Шип Дмитрий</t>
   </si>
   <si>
     <t>Ананин Сергей</t>
   </si>
   <si>
+    <t>Грудинин Константин</t>
+  </si>
+  <si>
     <t>Гончаров Иван</t>
-  </si>
-[...1 lines deleted...]
-    <t>Грудинин Константин</t>
   </si>
   <si>
     <t>Дедковский Сергей</t>
   </si>
   <si>
     <t>Ермаков Андрей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Метеор»</t>
   </si>
   <si>
     <t>18-01</t>
   </si>
   <si>
     <t>1-18</t>
   </si>
   <si>
     <t>Трубачев Дмитрий</t>
   </si>
@@ -1290,78 +1290,78 @@
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>85</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>85</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5">
         <v>87</v>
       </c>
       <c r="B19" s="12" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
@@ -1832,51 +1832,51 @@
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>30</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>35</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>