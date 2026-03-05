--- v0 (2025-12-07)
+++ v1 (2026-03-05)
@@ -16,51 +16,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId4"/>
     <sheet name="Лист2" sheetId="2" r:id="rId5"/>
     <sheet name="Лист3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
   <si>
     <t>ОФИЦИАЛЬНЫЙ  ПРОТОКОЛ  МАТЧА «Лидер» Vs «Ермак»</t>
   </si>
   <si>
     <t>Первая лига. Регулярный Чемпионат 2016-2017г</t>
   </si>
   <si>
     <t>СК</t>
   </si>
   <si>
     <t>Дата 08.10.2016</t>
   </si>
   <si>
     <t>Начало 21.10</t>
   </si>
   <si>
     <t>Игра № 31</t>
   </si>
   <si>
     <t>Команда « А » «Лидер»</t>
   </si>
   <si>
     <t>Взятие ворот</t>
   </si>
   <si>
@@ -195,129 +195,126 @@
   <si>
     <t>Цимбер Игорь</t>
   </si>
   <si>
     <t>Шамарин Александр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Ермак»</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>02:14</t>
   </si>
   <si>
     <t>04:36</t>
   </si>
   <si>
+    <t>14:08</t>
+  </si>
+  <si>
+    <t>21:15</t>
+  </si>
+  <si>
     <t>Пиляк Артем</t>
   </si>
   <si>
-    <t>14:08</t>
-[...2 lines deleted...]
-    <t>21:15</t>
+    <t>26:00</t>
+  </si>
+  <si>
+    <t>25:00</t>
   </si>
   <si>
     <t>Дергунов Антон</t>
   </si>
   <si>
-    <t>26:00</t>
-[...2 lines deleted...]
-    <t>25:00</t>
+    <t>38:30</t>
+  </si>
+  <si>
+    <t>26:36</t>
   </si>
   <si>
     <t>Гавриков Владимир</t>
   </si>
   <si>
-    <t>38:30</t>
-[...2 lines deleted...]
-    <t>26:36</t>
+    <t>43:40</t>
+  </si>
+  <si>
+    <t>28:00</t>
   </si>
   <si>
     <t>Германов Евгений</t>
   </si>
   <si>
-    <t>43:40</t>
-[...4 lines deleted...]
-  <si>
     <t>Иволга Дмитрий</t>
   </si>
   <si>
     <t>Панчук Андрей</t>
   </si>
   <si>
     <t>Кадыров Роман</t>
   </si>
   <si>
     <t>Жеребцов Дмитрий</t>
   </si>
   <si>
     <t>Астахов Олег</t>
   </si>
   <si>
     <t>Нестеров Александр</t>
   </si>
   <si>
     <t>Веслополов Сергей</t>
   </si>
   <si>
     <t>Мацута Сергей</t>
   </si>
   <si>
     <t>Дзивинский Алексей</t>
   </si>
   <si>
     <t>Лебедев Евгений</t>
   </si>
   <si>
     <t>Кичигин Никита</t>
   </si>
   <si>
     <t>Карамышев Николай</t>
   </si>
   <si>
     <t>Грачёв Дмитрий</t>
   </si>
   <si>
     <t>Марткачаков Сергей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Харченко Дмитрий</t>
   </si>
   <si>
     <t>Трошкин Денис</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1773,640 +1770,636 @@
       <c r="K30" s="7">
         <v>10</v>
       </c>
       <c r="L30" s="7">
         <v>5</v>
       </c>
       <c r="M30" s="7">
         <v>0</v>
       </c>
       <c r="N30" s="7" t="s">
         <v>58</v>
       </c>
       <c r="O30" s="7">
         <v>15</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
       </c>
       <c r="Q30" s="7">
         <v>8</v>
       </c>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
-      <c r="A31" s="7">
-[...1 lines deleted...]
-      </c>
+      <c r="A31" s="7"/>
       <c r="B31" s="12" t="s">
-        <v>59</v>
+        <v>21</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
-      <c r="G31" s="7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G31" s="7"/>
       <c r="H31" s="7">
         <v>2</v>
       </c>
       <c r="I31" s="7"/>
       <c r="J31" s="7" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="K31" s="7">
         <v>10</v>
       </c>
       <c r="L31" s="7">
         <v>14</v>
       </c>
       <c r="M31" s="7">
         <v>88</v>
       </c>
       <c r="N31" s="7" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="O31" s="7">
         <v>85</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>5</v>
       </c>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
         <v>4</v>
       </c>
       <c r="B32" s="12" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="H32" s="7">
         <v>3</v>
       </c>
       <c r="I32" s="7"/>
       <c r="J32" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="K32" s="7">
         <v>36</v>
       </c>
       <c r="L32" s="7">
         <v>8</v>
       </c>
       <c r="M32" s="7">
         <v>0</v>
       </c>
       <c r="N32" s="7" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="O32" s="7">
         <v>29</v>
       </c>
       <c r="P32" s="7">
         <v>2</v>
       </c>
       <c r="Q32" s="7">
         <v>3</v>
       </c>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B33" s="12" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="H33" s="7">
         <v>4</v>
       </c>
       <c r="I33" s="7"/>
       <c r="J33" s="7" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="K33" s="7">
         <v>91</v>
       </c>
       <c r="L33" s="7">
         <v>0</v>
       </c>
       <c r="M33" s="7">
         <v>0</v>
       </c>
       <c r="N33" s="7" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="O33" s="7">
         <v>15</v>
       </c>
       <c r="P33" s="7">
         <v>2</v>
       </c>
       <c r="Q33" s="7">
         <v>30</v>
       </c>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="B34" s="12" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="H34" s="7">
         <v>5</v>
       </c>
       <c r="I34" s="7"/>
       <c r="J34" s="7" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="K34" s="7">
         <v>88</v>
       </c>
       <c r="L34" s="7">
         <v>5</v>
       </c>
       <c r="M34" s="7">
         <v>91</v>
       </c>
       <c r="N34" s="7" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="O34" s="7">
         <v>4</v>
       </c>
       <c r="P34" s="7">
         <v>2</v>
       </c>
       <c r="Q34" s="7">
         <v>24</v>
       </c>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B35" s="12" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="B36" s="12" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B37" s="12" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="B38" s="12" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
         <v>33</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="B39" s="12" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="B40" s="12" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
         <v>29</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="B41" s="12" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
         <v>29</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="B42" s="12" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
-        <v>55</v>
+        <v>44</v>
       </c>
       <c r="B43" s="12" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
       <c r="G43" s="7" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7">
-        <v>77</v>
+        <v>55</v>
       </c>
       <c r="B44" s="12" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>
       <c r="G44" s="7" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>
       <c r="K44" s="7"/>
       <c r="L44" s="7"/>
       <c r="M44" s="7"/>
       <c r="N44" s="7"/>
       <c r="O44" s="7"/>
       <c r="P44" s="7"/>
       <c r="Q44" s="7"/>
       <c r="R44" s="7"/>
       <c r="S44" s="7"/>
     </row>
     <row r="45" spans="1:19">
       <c r="A45" s="7">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="B45" s="12" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="C45" s="13"/>
       <c r="D45" s="13"/>
       <c r="E45" s="13"/>
       <c r="F45" s="14"/>
       <c r="G45" s="7" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="H45" s="7"/>
       <c r="I45" s="7"/>
       <c r="J45" s="7"/>
       <c r="K45" s="7"/>
       <c r="L45" s="7"/>
       <c r="M45" s="7"/>
       <c r="N45" s="7"/>
       <c r="O45" s="7"/>
       <c r="P45" s="7"/>
       <c r="Q45" s="7"/>
       <c r="R45" s="7"/>
       <c r="S45" s="7"/>
     </row>
     <row r="46" spans="1:19">
       <c r="A46" s="7">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="B46" s="12" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="C46" s="13"/>
       <c r="D46" s="13"/>
       <c r="E46" s="13"/>
       <c r="F46" s="14"/>
       <c r="G46" s="7" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="H46" s="7"/>
       <c r="I46" s="7"/>
       <c r="J46" s="7"/>
       <c r="K46" s="7"/>
       <c r="L46" s="7"/>
       <c r="M46" s="7"/>
       <c r="N46" s="7"/>
       <c r="O46" s="7"/>
       <c r="P46" s="7"/>
       <c r="Q46" s="7"/>
       <c r="R46" s="7"/>
       <c r="S46" s="7"/>
     </row>
     <row r="47" spans="1:19">
       <c r="A47" s="7">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="B47" s="12" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="C47" s="13"/>
       <c r="D47" s="13"/>
       <c r="E47" s="13"/>
       <c r="F47" s="14"/>
       <c r="G47" s="7" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="H47" s="7"/>
       <c r="I47" s="7"/>
       <c r="J47" s="7"/>
       <c r="K47" s="7"/>
       <c r="L47" s="7"/>
       <c r="M47" s="7"/>
       <c r="N47" s="7"/>
       <c r="O47" s="7"/>
       <c r="P47" s="7"/>
       <c r="Q47" s="7"/>
       <c r="R47" s="7"/>
       <c r="S47" s="7"/>
     </row>
     <row r="48" spans="1:19">
       <c r="A48" s="7">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B48" s="12" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="C48" s="13"/>
       <c r="D48" s="13"/>
       <c r="E48" s="13"/>
       <c r="F48" s="14"/>
       <c r="G48" s="7" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="H48" s="7"/>
       <c r="I48" s="7"/>
       <c r="J48" s="7"/>
       <c r="K48" s="7"/>
       <c r="L48" s="7"/>
       <c r="M48" s="7"/>
       <c r="N48" s="7"/>
       <c r="O48" s="7"/>
       <c r="P48" s="7"/>
       <c r="Q48" s="7"/>
       <c r="R48" s="7"/>
       <c r="S48" s="7"/>
     </row>
     <row r="49" spans="1:19">
       <c r="A49" s="7">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="B49" s="12" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="C49" s="13"/>
       <c r="D49" s="13"/>
       <c r="E49" s="13"/>
       <c r="F49" s="14"/>
       <c r="G49" s="7" t="s">
         <v>33</v>
       </c>
       <c r="H49" s="7"/>
       <c r="I49" s="7"/>
       <c r="J49" s="7"/>
       <c r="K49" s="7"/>
       <c r="L49" s="7"/>
       <c r="M49" s="7"/>
       <c r="N49" s="7"/>
       <c r="O49" s="7"/>
       <c r="P49" s="7"/>
       <c r="Q49" s="7"/>
       <c r="R49" s="7"/>
       <c r="S49" s="7"/>
     </row>
     <row r="50" spans="1:19">
       <c r="A50" s="10">
         <v>98</v>
       </c>
       <c r="B50" s="12" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="C50" s="13"/>
       <c r="D50" s="13"/>
       <c r="E50" s="13"/>
       <c r="F50" s="14"/>
       <c r="G50" s="10" t="s">
         <v>33</v>
       </c>
       <c r="H50" s="10"/>
       <c r="I50" s="10"/>
       <c r="J50" s="10"/>
       <c r="K50" s="10"/>
       <c r="L50" s="10"/>
       <c r="M50" s="10"/>
       <c r="N50" s="10"/>
       <c r="O50" s="10"/>
       <c r="P50" s="10"/>
       <c r="Q50" s="10"/>
       <c r="R50" s="10"/>
       <c r="S50" s="10"/>
     </row>
     <row r="51" spans="1:19">
       <c r="A51" s="7"/>
       <c r="B51" s="12"/>
       <c r="C51" s="13"/>
@@ -2474,70 +2467,70 @@
       <c r="S53" s="11"/>
     </row>
     <row r="54" spans="1:19">
       <c r="A54" s="11"/>
       <c r="B54" s="11"/>
       <c r="C54" s="11"/>
       <c r="D54" s="11"/>
       <c r="E54" s="11"/>
       <c r="F54" s="11"/>
       <c r="G54" s="11"/>
       <c r="H54" s="11"/>
       <c r="I54" s="11"/>
       <c r="J54" s="11"/>
       <c r="K54" s="11"/>
       <c r="L54" s="11"/>
       <c r="M54" s="11"/>
       <c r="N54" s="11"/>
       <c r="O54" s="11"/>
       <c r="P54" s="11"/>
       <c r="Q54" s="11"/>
       <c r="R54" s="11"/>
       <c r="S54" s="11"/>
     </row>
     <row r="55" spans="1:19" customHeight="1" ht="12" s="9" customFormat="1">
       <c r="A55" s="19" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="B55" s="19"/>
       <c r="C55" s="19"/>
       <c r="D55" s="19"/>
       <c r="E55" s="19"/>
       <c r="F55" s="19"/>
       <c r="G55" s="20" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="H55" s="20"/>
       <c r="I55" s="20"/>
       <c r="J55" s="20"/>
       <c r="K55" s="20"/>
       <c r="L55" s="20"/>
       <c r="M55" s="20"/>
       <c r="N55" s="20"/>
       <c r="O55" s="20"/>
       <c r="P55" s="20" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="Q55" s="20"/>
       <c r="R55" s="20"/>
       <c r="S55" s="20"/>
     </row>
     <row r="56" spans="1:19" customHeight="1" ht="12" s="9" customFormat="1">
       <c r="A56" s="21"/>
       <c r="B56" s="21"/>
       <c r="C56" s="21"/>
       <c r="D56" s="21"/>
       <c r="E56" s="21"/>
       <c r="F56" s="22"/>
       <c r="G56" s="23"/>
       <c r="H56" s="23"/>
       <c r="I56" s="23"/>
       <c r="J56" s="23"/>
       <c r="K56" s="23"/>
       <c r="L56" s="23"/>
       <c r="M56" s="23"/>
       <c r="N56" s="23"/>
       <c r="O56" s="23"/>
       <c r="P56" s="23"/>
       <c r="Q56" s="23"/>
       <c r="R56" s="23"/>
       <c r="S56" s="23"/>