--- v0 (2025-12-06)
+++ v1 (2026-03-05)
@@ -150,54 +150,54 @@
   <si>
     <t>Микулинский Владимир</t>
   </si>
   <si>
     <t>Фокин Евгений</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Журавлев Виталий</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Ширяев Вадим</t>
   </si>
   <si>
     <t>Башук Антон</t>
   </si>
   <si>
     <t>Шадрин Егор</t>
   </si>
   <si>
+    <t>Шадрин Александр</t>
+  </si>
+  <si>
     <t>Сенник Виктор</t>
-  </si>
-[...1 lines deleted...]
-    <t>Шадрин Александр</t>
   </si>
   <si>
     <t>Шубин Владимир</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Совы 2»</t>
   </si>
   <si>
     <t>Ятманов Сергей</t>
   </si>
   <si>
     <t>02-55</t>
   </si>
   <si>
     <t>29-35</t>
   </si>
   <si>
     <t>Акимкин Александр</t>
   </si>