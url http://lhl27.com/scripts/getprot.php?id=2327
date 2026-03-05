--- v0 (2025-12-07)
+++ v1 (2026-03-05)
@@ -105,60 +105,60 @@
   <si>
     <t>Кожуховский Сергей</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>19:10</t>
   </si>
   <si>
     <t>04:33</t>
   </si>
   <si>
     <t>Леухин Сергей</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>26:30</t>
   </si>
   <si>
     <t>15:57</t>
   </si>
   <si>
+    <t>Нагорный Евгений</t>
+  </si>
+  <si>
+    <t>Зщ</t>
+  </si>
+  <si>
+    <t>32:29</t>
+  </si>
+  <si>
     <t>Рязанский Артем</t>
-  </si>
-[...7 lines deleted...]
-    <t>Зщ</t>
   </si>
   <si>
     <t>Кремлев Никита</t>
   </si>
   <si>
     <t>Локтев Дмитрий</t>
   </si>
   <si>
     <t>Свиридов Илья</t>
   </si>
   <si>
     <t>Ким Евгений</t>
   </si>
   <si>
     <t>Баськов Денис</t>
   </si>
   <si>
     <t>Варавин Арсений</t>
   </si>
   <si>
     <t>Баблюк Иван</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
@@ -994,113 +994,113 @@
       </c>
       <c r="O6" s="6">
         <v>97</v>
       </c>
       <c r="P6" s="6">
         <v>2</v>
       </c>
       <c r="Q6" s="6">
         <v>3</v>
       </c>
       <c r="R6" s="6"/>
       <c r="S6" s="6"/>
     </row>
     <row r="7" spans="1:19">
       <c r="A7" s="5">
         <v>12</v>
       </c>
       <c r="B7" s="12" t="s">
         <v>29</v>
       </c>
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
       <c r="E7" s="13"/>
       <c r="F7" s="14"/>
       <c r="G7" s="5" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="6"/>
       <c r="J7" s="6"/>
       <c r="K7" s="6"/>
       <c r="L7" s="6"/>
       <c r="M7" s="8"/>
       <c r="N7" s="6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O7" s="6">
         <v>12</v>
       </c>
       <c r="P7" s="6">
         <v>2</v>
       </c>
       <c r="Q7" s="6">
         <v>30</v>
       </c>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
     </row>
     <row r="8" spans="1:19">
       <c r="A8" s="5">
         <v>12</v>
       </c>
       <c r="B8" s="12" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="14"/>
       <c r="G8" s="5" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="8"/>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>16</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>33</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>17</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>34</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
@@ -1137,51 +1137,51 @@
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>77</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>83</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
@@ -1191,51 +1191,51 @@
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>86</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>97</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
@@ -1616,51 +1616,51 @@
       <c r="L30" s="7">
         <v>22</v>
       </c>
       <c r="M30" s="7">
         <v>33</v>
       </c>
       <c r="N30" s="7"/>
       <c r="O30" s="7"/>
       <c r="P30" s="7"/>
       <c r="Q30" s="7"/>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
         <v>14</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="H31" s="7">
         <v>2</v>
       </c>
       <c r="I31" s="7"/>
       <c r="J31" s="7" t="s">
         <v>46</v>
       </c>
       <c r="K31" s="7">
         <v>4</v>
       </c>
       <c r="L31" s="7">
         <v>0</v>
       </c>
       <c r="M31" s="7">
         <v>0</v>
       </c>
       <c r="N31" s="7"/>
       <c r="O31" s="7"/>
       <c r="P31" s="7"/>
       <c r="Q31" s="7"/>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
@@ -1690,51 +1690,51 @@
       <c r="L32" s="7">
         <v>14</v>
       </c>
       <c r="M32" s="7">
         <v>0</v>
       </c>
       <c r="N32" s="7"/>
       <c r="O32" s="7"/>
       <c r="P32" s="7"/>
       <c r="Q32" s="7"/>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>17</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>49</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="H33" s="7">
         <v>4</v>
       </c>
       <c r="I33" s="7"/>
       <c r="J33" s="7" t="s">
         <v>50</v>
       </c>
       <c r="K33" s="7">
         <v>22</v>
       </c>
       <c r="L33" s="7">
         <v>19</v>
       </c>
       <c r="M33" s="7">
         <v>0</v>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
@@ -1916,51 +1916,51 @@
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>87</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7"/>
       <c r="B42" s="12"/>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7"/>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>