--- v0 (2025-12-08)
+++ v1 (2026-03-03)
@@ -219,54 +219,54 @@
   <si>
     <t>Тучин Иван</t>
   </si>
   <si>
     <t>Жульмагамбетов Сергей</t>
   </si>
   <si>
     <t>Солоха Виктор</t>
   </si>
   <si>
     <t>Ермаков Дмитрий</t>
   </si>
   <si>
     <t>Дроздов Владислав</t>
   </si>
   <si>
     <t>Родионов Сергей</t>
   </si>
   <si>
     <t>Ананин Сергей</t>
   </si>
   <si>
     <t>Гутик Сергей</t>
   </si>
   <si>
+    <t>Гончаров Иван</t>
+  </si>
+  <si>
     <t>Грудинин Константин</t>
-  </si>
-[...1 lines deleted...]
-    <t>Гончаров Иван</t>
   </si>
   <si>
     <t>Ермаков Андрей</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -2071,78 +2071,78 @@
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
         <v>85</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>67</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
       <c r="G43" s="7" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7">
         <v>85</v>
       </c>
       <c r="B44" s="12" t="s">
         <v>68</v>
       </c>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>
       <c r="G44" s="7" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>
       <c r="K44" s="7"/>
       <c r="L44" s="7"/>
       <c r="M44" s="7"/>
       <c r="N44" s="7"/>
       <c r="O44" s="7"/>
       <c r="P44" s="7"/>
       <c r="Q44" s="7"/>
       <c r="R44" s="7"/>
       <c r="S44" s="7"/>
     </row>
     <row r="45" spans="1:19">
       <c r="A45" s="7">
         <v>91</v>
       </c>
       <c r="B45" s="12" t="s">
         <v>69</v>
       </c>
       <c r="C45" s="13"/>
       <c r="D45" s="13"/>
       <c r="E45" s="13"/>
       <c r="F45" s="14"/>