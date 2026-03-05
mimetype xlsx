--- v0 (2025-12-07)
+++ v1 (2026-03-05)
@@ -156,60 +156,60 @@
   <si>
     <t>Федоренко Роман</t>
   </si>
   <si>
     <t>Рудукан Дмитрий</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Свирепые Пчелы 2»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>01:10</t>
   </si>
   <si>
     <t>19:02</t>
   </si>
   <si>
+    <t>Атяньчев Михаил</t>
+  </si>
+  <si>
+    <t>19:30</t>
+  </si>
+  <si>
+    <t>43:46</t>
+  </si>
+  <si>
     <t>Коновченко Виталий</t>
-  </si>
-[...7 lines deleted...]
-    <t>Атяньчев Михаил</t>
   </si>
   <si>
     <t>29:55</t>
   </si>
   <si>
     <t>Глушков Максим</t>
   </si>
   <si>
     <t>Костин Константин</t>
   </si>
   <si>
     <t>Асямов Эдуард</t>
   </si>
   <si>
     <t>Туманков Андрей</t>
   </si>
   <si>
     <t>Кашенков Антон</t>
   </si>
   <si>
     <t>Федюнин Евгений</t>
   </si>
   <si>
     <t>Шихов Александр</t>
   </si>