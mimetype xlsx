--- v0 (2025-12-09)
+++ v1 (2026-03-04)
@@ -81,147 +81,147 @@
   <si>
     <t>Ис</t>
   </si>
   <si>
     <t xml:space="preserve">Время </t>
   </si>
   <si>
     <t>Г</t>
   </si>
   <si>
     <t>П</t>
   </si>
   <si>
     <t xml:space="preserve">Шт </t>
   </si>
   <si>
     <t>Пр</t>
   </si>
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
+    <t>Атяньчев Михаил</t>
+  </si>
+  <si>
+    <t>Нп</t>
+  </si>
+  <si>
+    <t>30-00</t>
+  </si>
+  <si>
     <t>Коновченко Виталий</t>
   </si>
   <si>
-    <t>Нп</t>
-[...7 lines deleted...]
-  <si>
     <t>39-47</t>
   </si>
   <si>
     <t>Глушков Максим</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Костин Константин</t>
   </si>
   <si>
     <t>Асямов Эдуард</t>
   </si>
   <si>
     <t>Федюнин Евгений</t>
   </si>
   <si>
     <t>Шихов Александр</t>
   </si>
   <si>
     <t>Баранов Кирилл</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Волошин Алексей</t>
   </si>
   <si>
     <t>Александров Денис</t>
   </si>
   <si>
     <t>Ласковый Вадим</t>
   </si>
   <si>
     <t>Шкурка Вячеслав</t>
   </si>
   <si>
     <t>Светачев Андрей</t>
   </si>
   <si>
     <t>Куксов Евгений</t>
   </si>
   <si>
+    <t>Подлесный Евгений</t>
+  </si>
+  <si>
     <t>Калинин Игорь</t>
   </si>
   <si>
-    <t>Подлесный Евгений</t>
-[...1 lines deleted...]
-  <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Регул»</t>
   </si>
   <si>
     <t>Дрокин Павел</t>
   </si>
   <si>
     <t>05-57</t>
   </si>
   <si>
     <t>01-16</t>
   </si>
   <si>
     <t>Мишин Вячеслав</t>
   </si>
   <si>
     <t>40-05</t>
   </si>
   <si>
     <t>Куделин Никита</t>
   </si>
   <si>
     <t>44-21</t>
   </si>
   <si>
+    <t>Махлепов Алексей</t>
+  </si>
+  <si>
     <t>Новоселов Валерий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Махлепов Алексей</t>
   </si>
   <si>
     <t>Обухович Александр</t>
   </si>
   <si>
     <t>Тишков Николай</t>
   </si>
   <si>
     <t>Тишков Иван</t>
   </si>
   <si>
     <t>Болибрух Иван</t>
   </si>
   <si>
     <t>Писарев Павел</t>
   </si>
   <si>
     <t>Алексанян Сергей</t>
   </si>
   <si>
     <t>Уральский Павел</t>
   </si>
   <si>
     <t>Лоханов Алексей</t>
   </si>
@@ -1316,78 +1316,78 @@
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5">
         <v>99</v>
       </c>
       <c r="B19" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
       <c r="G19" s="5" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="8"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="5">
         <v>99</v>
       </c>
       <c r="B20" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>
       <c r="G20" s="5" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
       <c r="L20" s="6"/>
       <c r="M20" s="8"/>
       <c r="N20" s="6"/>
       <c r="O20" s="6"/>
       <c r="P20" s="6"/>
       <c r="Q20" s="6"/>
       <c r="R20" s="6"/>
       <c r="S20" s="6"/>
     </row>
     <row r="21" spans="1:19">
       <c r="A21" s="5"/>
       <c r="B21" s="12"/>
       <c r="C21" s="13"/>
       <c r="D21" s="13"/>
       <c r="E21" s="13"/>
       <c r="F21" s="14"/>
       <c r="G21" s="5"/>
       <c r="H21" s="6"/>
       <c r="I21" s="6"/>
       <c r="J21" s="6"/>
@@ -1714,78 +1714,78 @@
       </c>
       <c r="O32" s="7">
         <v>18</v>
       </c>
       <c r="P32" s="7">
         <v>2</v>
       </c>
       <c r="Q32" s="7">
         <v>19</v>
       </c>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>19</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>52</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>19</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>53</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>20</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>