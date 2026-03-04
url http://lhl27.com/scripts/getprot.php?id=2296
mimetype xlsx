--- v0 (2026-03-04)
+++ v1 (2026-03-04)
@@ -135,57 +135,57 @@
   <si>
     <t>Акшонов Игорь</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Жалнин Денис</t>
   </si>
   <si>
     <t>Абрамов Алексей</t>
   </si>
   <si>
     <t>Удотенко Иван</t>
   </si>
   <si>
     <t>Козлов Вячеслав</t>
   </si>
   <si>
     <t>Степанов Станислав</t>
   </si>
   <si>
     <t>Пшеничнов Максим</t>
   </si>
   <si>
+    <t>Кириленко Евгений</t>
+  </si>
+  <si>
     <t>Соловьев Сергей</t>
   </si>
   <si>
     <t>Колбин Валерий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Кириленко Евгений</t>
   </si>
   <si>
     <t>Коротич Алексей</t>
   </si>
   <si>
     <t>Первушов Александр</t>
   </si>
   <si>
     <t>Новоселов Константин</t>
   </si>
   <si>
     <t>Кузнецов Глеб</t>
   </si>
   <si>
     <t>Ледовский Алексей</t>
   </si>
   <si>
     <t>Жгарев Валерий</t>
   </si>
   <si>
     <t>Султанов Эльшан</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>