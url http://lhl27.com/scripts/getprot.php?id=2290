--- v0 (2025-12-09)
+++ v1 (2026-03-04)
@@ -120,60 +120,60 @@
   <si>
     <t>Окунев Михаил</t>
   </si>
   <si>
     <t>14-16</t>
   </si>
   <si>
     <t>Трофимович Дмитрий</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>36-13</t>
   </si>
   <si>
     <t>Полукеев Иван</t>
   </si>
   <si>
     <t>37-33</t>
   </si>
   <si>
     <t>Луц Виктор</t>
   </si>
   <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Чжан-Цзы-Фа Максим</t>
   </si>
   <si>
     <t>Алемасов Андрей</t>
   </si>
   <si>
     <t>Зборовский Илья</t>
-  </si>
-[...1 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Вишневский Алексей</t>
   </si>
   <si>
     <t>Ромашков Ярослав</t>
   </si>
   <si>
     <t>Иванисов Александр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Вулкан»</t>
   </si>
   <si>
     <t>Падалица Аким</t>
   </si>
   <si>
     <t>+2</t>
   </si>
@@ -1079,132 +1079,132 @@
       </c>
       <c r="O9" s="6">
         <v>9</v>
       </c>
       <c r="P9" s="6">
         <v>2</v>
       </c>
       <c r="Q9" s="6">
         <v>2</v>
       </c>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>29</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>33</v>
       </c>
       <c r="B11" s="12" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>45</v>
       </c>
       <c r="B12" s="12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
         <v>29</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>79</v>
       </c>
       <c r="B13" s="12" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>83</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
@@ -1581,51 +1581,51 @@
       <c r="P29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="Q29" s="7" t="s">
         <v>18</v>
       </c>
       <c r="R29" s="7" t="s">
         <v>19</v>
       </c>
       <c r="S29" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:19">
       <c r="A30" s="7">
         <v>1</v>
       </c>
       <c r="B30" s="12" t="s">
         <v>44</v>
       </c>
       <c r="C30" s="13"/>
       <c r="D30" s="13"/>
       <c r="E30" s="13"/>
       <c r="F30" s="14"/>
       <c r="G30" s="7" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="H30" s="7">
         <v>1</v>
       </c>
       <c r="I30" s="7" t="s">
         <v>45</v>
       </c>
       <c r="J30" s="7" t="s">
         <v>46</v>
       </c>
       <c r="K30" s="7">
         <v>17</v>
       </c>
       <c r="L30" s="7">
         <v>92</v>
       </c>
       <c r="M30" s="7">
         <v>0</v>
       </c>
       <c r="N30" s="7" t="s">
         <v>47</v>
       </c>
       <c r="O30" s="7">
         <v>82</v>
       </c>