--- v0 (2025-12-08)
+++ v1 (2026-03-05)
@@ -138,54 +138,54 @@
   <si>
     <t>Васильев Кирилл</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Бабин Михаил</t>
   </si>
   <si>
     <t>Соколовский Антон</t>
   </si>
   <si>
     <t>Деньгин Андрей</t>
   </si>
   <si>
     <t>Ковалёв Константин</t>
   </si>
   <si>
     <t>Морозовский Дмитрий</t>
   </si>
   <si>
     <t>Колпаков Игорь</t>
   </si>
   <si>
+    <t>Бондаренко Тарас</t>
+  </si>
+  <si>
     <t>Бондаренко Сергей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Бондаренко Тарас</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Свирепые Пчелы»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>16:28</t>
   </si>
   <si>
     <t>07:21</t>
   </si>
   <si>
     <t>Тарасов Андрей</t>
   </si>
   <si>
     <t>10:54</t>
   </si>