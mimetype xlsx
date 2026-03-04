--- v0 (2025-12-07)
+++ v1 (2026-03-04)
@@ -108,99 +108,99 @@
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>12-00</t>
   </si>
   <si>
     <t>11-30</t>
   </si>
   <si>
     <t>Глушков Максим</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>19-15</t>
   </si>
   <si>
     <t>34-41</t>
   </si>
   <si>
+    <t>Асямов Эдуард</t>
+  </si>
+  <si>
+    <t>27-55</t>
+  </si>
+  <si>
+    <t>40-15</t>
+  </si>
+  <si>
     <t>Туманков Андрей</t>
   </si>
   <si>
-    <t>27-55</t>
-[...7 lines deleted...]
-  <si>
     <t>37-15</t>
   </si>
   <si>
     <t>Федюнин Евгений</t>
   </si>
   <si>
     <t>Гаркуша Владимир</t>
   </si>
   <si>
     <t>Баранов Кирилл</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Александров Денис</t>
   </si>
   <si>
     <t>Пацуев Валерий</t>
   </si>
   <si>
     <t>Ласковый Вадим</t>
   </si>
   <si>
     <t>Голубчик Игорь</t>
   </si>
   <si>
     <t>Храмцов Юрий</t>
   </si>
   <si>
     <t>Христинин Валерий</t>
   </si>
   <si>
+    <t>Подлесный Евгений</t>
+  </si>
+  <si>
     <t>Калинин Игорь</t>
-  </si>
-[...1 lines deleted...]
-    <t>Подлесный Евгений</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Хулиганы 2»</t>
   </si>
   <si>
     <t>Оселедец Станислав</t>
   </si>
   <si>
     <t>03-45</t>
   </si>
   <si>
     <t>17-02</t>
   </si>
   <si>
     <t>Оленников Константин</t>
   </si>
   <si>
     <t>18-27</t>
   </si>
@@ -1359,78 +1359,78 @@
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>99</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5">
         <v>99</v>
       </c>
       <c r="B19" s="12" t="s">
         <v>46</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
       <c r="G19" s="5" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="8"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="5"/>
       <c r="B20" s="12"/>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>
       <c r="G20" s="5"/>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>