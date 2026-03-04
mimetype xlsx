--- v0 (2025-12-07)
+++ v1 (2026-03-04)
@@ -132,54 +132,54 @@
   <si>
     <t>42-18</t>
   </si>
   <si>
     <t>Кан Родион</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>ПБ</t>
   </si>
   <si>
     <t>45-00</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Мельников Константин</t>
   </si>
   <si>
     <t>Куликов Николай</t>
   </si>
   <si>
+    <t>Тверсков Андрей</t>
+  </si>
+  <si>
     <t>Богомолов Артем</t>
-  </si>
-[...1 lines deleted...]
-    <t>Тверсков Андрей</t>
   </si>
   <si>
     <t>Ким Дмитрий</t>
   </si>
   <si>
     <t>Чье Бу</t>
   </si>
   <si>
     <t>Деев Дмитрий</t>
   </si>
   <si>
     <t>Грунин Алексей</t>
   </si>
   <si>
     <t>Хомитов Михаил</t>
   </si>
   <si>
     <t>Гетьман Сергей</t>
   </si>
   <si>
     <t>Ким Александр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
@@ -1176,78 +1176,78 @@
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>33</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>33</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>55</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>