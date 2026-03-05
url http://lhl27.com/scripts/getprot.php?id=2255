--- v0 (2026-03-04)
+++ v1 (2026-03-05)
@@ -147,54 +147,54 @@
   <si>
     <t>Базив Богдан</t>
   </si>
   <si>
     <t>Ключевской Роман</t>
   </si>
   <si>
     <t>Тучин Иван</t>
   </si>
   <si>
     <t>Жульмагамбетов Сергей</t>
   </si>
   <si>
     <t>Солоха Виктор</t>
   </si>
   <si>
     <t>Непомнящий Виталий</t>
   </si>
   <si>
     <t>Родионов Сергей</t>
   </si>
   <si>
     <t>Ананин Сергей</t>
   </si>
   <si>
+    <t>Гончаров Иван</t>
+  </si>
+  <si>
     <t>Грудинин Константин</t>
-  </si>
-[...1 lines deleted...]
-    <t>Гончаров Иван</t>
   </si>
   <si>
     <t>Дедковский Сергей</t>
   </si>
   <si>
     <t>Ермаков Андрей</t>
   </si>
   <si>
     <t>Виноградов Томас</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Совы 2»</t>
   </si>
   <si>
     <t>14:02</t>
   </si>
   <si>
     <t>07:13</t>
   </si>
@@ -1391,78 +1391,78 @@
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="8"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="5">
         <v>85</v>
       </c>
       <c r="B20" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>
       <c r="G20" s="5" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
       <c r="L20" s="6"/>
       <c r="M20" s="8"/>
       <c r="N20" s="6"/>
       <c r="O20" s="6"/>
       <c r="P20" s="6"/>
       <c r="Q20" s="6"/>
       <c r="R20" s="6"/>
       <c r="S20" s="6"/>
     </row>
     <row r="21" spans="1:19">
       <c r="A21" s="5">
         <v>85</v>
       </c>
       <c r="B21" s="12" t="s">
         <v>44</v>
       </c>
       <c r="C21" s="13"/>
       <c r="D21" s="13"/>
       <c r="E21" s="13"/>
       <c r="F21" s="14"/>
       <c r="G21" s="5" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="H21" s="6"/>
       <c r="I21" s="6"/>
       <c r="J21" s="6"/>
       <c r="K21" s="6"/>
       <c r="L21" s="6"/>
       <c r="M21" s="8"/>
       <c r="N21" s="6"/>
       <c r="O21" s="6"/>
       <c r="P21" s="6"/>
       <c r="Q21" s="6"/>
       <c r="R21" s="6"/>
       <c r="S21" s="6"/>
     </row>
     <row r="22" spans="1:19">
       <c r="A22" s="5">
         <v>87</v>
       </c>
       <c r="B22" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C22" s="13"/>
       <c r="D22" s="13"/>
       <c r="E22" s="13"/>
       <c r="F22" s="14"/>